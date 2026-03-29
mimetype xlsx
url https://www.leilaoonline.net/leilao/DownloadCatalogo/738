--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33372", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33372", " Lote com: 2 notebook Dell i3 - funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>825,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33373", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33373", " Notebook i3 4GB 500 HD Dell - funcionando")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33376", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33376", " Notebook Dell i3 4GB 500 HD - funcionando")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33388", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33388", "Notebook Dell i3 4GB 500 HD - funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33375", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33375", " Lote com: 2 notebook Dell i3 4GB 500HD - funcionando")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>725,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33381", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33381", " Lote com: 2 notebook Dell i3 4GB 500 HD - funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33379", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33379", " Lote com: 2 notebook Dell i3 4GB 500HD - funcionando")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>725,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33377", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33377", " Lote com: 2 notebook Dell i3 4GB 500HD - funcionando")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>725,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33387", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33387", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33386", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33386", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33374", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33374", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33382", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33382", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33380", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33380", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33383", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33383", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33384", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33384", " Lote com: 2 notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33378", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33378", " notebook Lenovo i3 4GB 320 HD - funcionando")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33385", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33385", " notebook Dell i3 4GB 500HD - funcionando")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33741", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33741", "LOTE COM: 2 notebook Dell i3 4GB 320 HD funcionando")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>725,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33742", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33742", "Lote com: 2 notebook Dell i3 4GB 320 e 250 HD funcionando")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>725,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33743", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33743", "Notebook Dell i3 4GB 500hd funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33744", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33744", "Notebook Dell i3 4GB 500hd funcionando")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...166 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33746", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33746", "Notebook Dell i5 4GB 500hd funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>575,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33747", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33747", "Notebook Dell i5 4GB 500hd funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...461 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33749", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33749", "Notebook Lenovo i3 4GB 320hd funcionando")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>