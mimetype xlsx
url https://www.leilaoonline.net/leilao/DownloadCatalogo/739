--- v0 (2025-11-08)
+++ v1 (2026-03-29)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33336", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33336", " trator massey fergusson 4x2")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33335", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33335", " trator massey fergusson 85x 4x2")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33364", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33364", " trator valmet 4x2 COM carreta ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33349", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33349", " Carreta de serviço")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33346", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33346", " Carreta de serviço")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33365", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33365", " Adubadeira minami m90")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33360", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33360", " Plataforma Baldan (2 peças) ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33334", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33334", " Arado de arrasto")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33361", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33361", " Grade 20 discos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33363", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33363", " Plaina tatu")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33342", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33342", " Plaina tatu")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33333", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33333", " Concha caterpillar com pistão e dois braços")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33356", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33356", " Riscador Canteiro")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33347", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33347", " Riscador Canteiro(2 peças)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33350", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33350", " Subsolador")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33340", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33340", " Lote com: 5 Pneus 18-4-30. (2 com arao)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33341", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33341", " Motor Yanmar 8.5cv Diesel")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33344", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33344", " Motor trifásico 100cv com painel ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33357", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33357", " Baú 5.5 metros Fachinni")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33339", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33339", " Compressor atlas copco 4 cilindros diesel")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33348", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33348", " Envasadora 2 bicos")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33353", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33353", " Gerador Lister diesel 3 cilindos 15kva")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33358", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33358", " Gerador 3 cilindros 39kva s/ bomba injetora, 3 bicos , alternador")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33354", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33354", " Lavadora Yuaine 3 pistões - trifásico")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33359", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33359", " Lavadora 3 pistões")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33338", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33338", " Tonel 1800 litros")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33351", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33351", " Tonel 1000 litros")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33345", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33345", " GMC mod 7110 Baú ano 2000 PL.: CYN-6645 Chassi: 9BG331NC0YC701278")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33343", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33343", " L200 2009 turbo intercooler 4x4 (vidro e ar) - Ótimo estado")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...233 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>26.400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33355", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33355", " MB 1113 73 PL.: CIW-9351 CHASSI: 34403212051096")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>17.100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33362", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33362", " Carreta de serviço")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...20 lines deleted...]
-      <c r="E24" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33352", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33352", " Carreta de serviço")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F24" s="4" t="inlineStr">
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...170 lines deleted...]
-      <c r="C30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33337", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33337", " Motor Johnson 15hp")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D30" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33474", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33474", "Lote com 02 moinhos martelete. Um deles contém motor WEG trifásico de 30 HP")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...446 lines deleted...]
-      </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33783", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33783", "Tobata  Yanmar")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33897", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33897", "Motor de polpa Yamaha - 15 HP")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>