--- v0 (2025-11-30)
+++ v1 (2026-03-29)
@@ -269,4219 +269,3695 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4682", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4682", " GERADOR GES 380; POT. 437,5 KVA; COM MÓDULO DEEP SEA; ANO: 2007; ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4679", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4679", " GERADOR GES 380; POT. 440 KVA; COM MÓDULO DEEP SEA; ANO: 2007; ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4681", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4681", " GERADOR GES 440; POT. 440 KVA; COM MÓDULO DEIF AGC-3; ANO: 2007; ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4677", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4677", " GERADOR GES 380; POT. 440 KVA; COM MÓDULO DEIF AGC-3; ANO: 2007; ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4678", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4678", " GERADOR SDMO; POT. 115 KVA; ANO: 2004; ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4680", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4680", " GERADOR MAQ-GERAL; POT. 400 KVA; COM MÓDULO DEIF CGC 400; ANO: 2001; ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4683", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4683", " GERADOR SDMO; POT. 438 KVA; COM MÓDULO DEIF CGC 400; ANO: 2004; ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4684", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4684", " GERADOR SDMO; POT. 438 KVA; COM MÓDULO DEIF CGC 400; ANO: 2004; ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4686", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4686", " APROX. 1199 BALIZADORES DIVERSOS SENDO: 373 NOVOS E 826 SEMINOVOS.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4685", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4685", " APROX. 1938 PLUGS E TOMADAS DIVERSAS283 TOMADAS PAD MÓVEL MULT 2P   T 20A NOVOS, 704 TOMADAS PAD MÓVEL MULT 2P   T 20A COMPLETA SEMINOVOS; 114 TOMADAS PAD MÓVEL MULT 2P   T 20A C/ RABICHO 3X2,5 MM² SEMINOVOS.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4688", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4688", " APROX. 188 BLOCOS AUTÔNOMOS SEMINOVOS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4687", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4687", " APROX. 477 REFLETORES 150 W SENDO: 289 NOVOS E 188 SEMINOVOS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4690", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4690", " APROX. 2452 LÂMPADAS, DIFUSORES E SUPORTES SEMINOVOS, 342 DIFUSORES 16" NOVOS, 510 DIFUSORES 16" SEMINOVOS.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4689", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4689", " APROX. 1192 LÂMPADAS, DIFUSORES E ALOJAMENTOSALOJAMENTOS 22" SEMINOVOS, 72 DIFUSORES 22" NOVOS, 262 DIFUSORES 22" SEMINOVOS.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4691", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4691", " APROX. 730 QUADROS DE COMANDO DIVERSOS COMPLETOS 380V, 51 QUADROS 200 X 200 X 120 MM INCOMPLETOS 380V, 59 QUADROS 200 X 200 X 120 MM COMPLETOS 220V, 11 QUADROS 200 X 200 X 120 MM INCOMPLETOS 220V.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4692", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4692", " EXTENSÕES CABOS 3X2,5 MM² DIVERSAS SENDO DE 3,6,11 E 16 METROS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5034", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5034", "IVECO DAILY 7012 CC1. ANO: 2004")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5111", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5111", "LOTE ÚNICO (PORTEIRA FECHADA) - SÃO CAETANO DO SUL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4907", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4907", " BANCADAS E ARMÁRIOS COM PEÇAS E COMPONENTES DIVERSOS ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4904", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4904", " POLIDORA DE PISO POLITRIZ JT2D - JAHU; 2 PLACAS VIBRATÓRIAS PV2000 À GASOLINA - WEBER; 2 PLACAS VIBRATÓRIAS PV20 À GASOLINA - PETROTEC; MANGOTE VIBRADOR ALTA FREQUENCIA AM-45MM X 3M - WEBER/JOWA; 4 MANGOTE VIBRADOR PNEUMATICO MR110 - ALIMAQ; MARTELO ROMPEDOR TEC B-2003 - TEC-BRAZ; SERRA CIRCULAR 7.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4903", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4903", " 18 MARTELOS ROMPEDORES TE905 - HILTI")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4905", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4905", " 06 MARTELETES FURADEIRA TE02 - HILTI; 05 MARTELETES FURADEIRA TE76 - HILTI; MARTELETE FURADEIRA TE75 - HILTI; 02 MARTELOS ROMPEDORES TE905 - HILTI; 2 CAIXAS C/ PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4908", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4908", " 2 MARTELETES ROTATIVOS ROMPEDORES HR4000C - MAKITA; 3 MARTELETES ROTATIVOS ROMPEDORES HR3000C - MAKITA; MARTELETE ROTATIVO ROMPEDOR HR5001C - MAKITA; 9 CAIXAS C/ PEÇAS DIVERSAS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4906", "034")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4906", " CORTADORA DE PISO FS118BR À GASOLINA - MULTIQUIP")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4914", "035")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4914", " 3 MÁQUINAS PARA CONSTRUÇÃO CIVIL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4910", "036")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4910", " LAVADORA DE PISO ALFACLEAN HAKO-HAMSTER 780")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4912", "037")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4912", " 28 MARTELOS ROMPEDORES TE905 - HILTI; MARTELETE FURADEIRA TE76 - HILTI")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4913", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4913", " LOTE C/ CAIXAS DE FERRAMENTAS (VAZIAS)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4911", "041")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4911", " ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4915", "042")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4915", " 2 ALISADORAS DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4919", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4919", " 2 ALISADORAS DE CONCRETO SIMPLES 36" - CT36 - 08HP - WACKER")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4918", "044")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4918", " ALISADORA DE CONCRETO; S/ PATRIMÔNIO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4920", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4920", " ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4916", "049")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4916", " ALISADORA DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4917", "050")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4917", " 2 ALISADORAS DE CONCRETO SIMPLES 36" - 436 - 08HP - ALLEN; ALISADORA DE CONCRETO SIMPLES 46" - 446 - 08HP - ALLEN")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4921", "051")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4921", " 2 ARGAMASSADEIRAS ARGAMIX MC45L - CSM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4922", "052")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4922", " COMPRESSOR DE AR C/ MOTOR À DIESEL. OBS.: EQUIPAMENTO REFORMADO, FALTANDO APENAS A MONTAGEM")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4923", "053")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4923", "  [RETIRADO PELA EMPRESA] SERRA POLICORTE 590 - RIDGID")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4928", "054")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4928", " APROX. 23 COMPACTADORES DE SOLO S/ MOTOR.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4924", "055")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4924", " APROX. 23 COMPACTADORES DE SOLO S/ MOTOR.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4926", "056")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4926", " 4 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1303B - MAKITA; MARTELO ROMPEDOR (DEMOLIDOR) - HM1500B - MAKITA; MARTELO ROMPEDOR (DEMOLIDOR) - HM1302 - MAKITA; ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4925", "057")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4925", " RÉGUAS VIBRATÓRIAS TRELIÇADAS 12,00M - GASOLINA - ALLEN")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4929", "058")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4929", " 12 CORTADORAS DE PISO SEM MOTOR E 1 CORTADORA DE PISO C/ MOTOR")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4927", "063")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4927", "  MOTOR ACIONADOR MONOFASICO 1,5CV - JOWA E MANGOTE VIBRADOR JOWA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4930", "064")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4930", " PRENSA HIDRÁULICA TIPO BALANCIM; CAP. 15T")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4933", "065")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4933", " 2 MOTORES ACIONADOR À GASOLINA 5,5HP E 3 MOTOR ACIONADOR À GASOLINA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4932", "066")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4932", " 3 MOTORES ACIONADOR À GASOLINA 5,5HP; MOTOR ACIONADOR À GASOLINA 4HP - CLARIDON; 1 MOTOR ACIONADOR À GASOLINA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4931", "067")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4931", " 5 MOTORES ACIONADOR À GASOLINA 5,5HP")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4934", "068")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4934", " 4 MOTORES ACIONADORES À GASOLINA 5,5HP; MOTOR ACIONADOR S/ ESPECIFICAÇÕES E MOTOR VIBRADOR S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4935", "070")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4935", " 19 MARTELOS ROMPEDORES TE905 - HILTI; PARAFUSADEIRA ST18 - HILTI; MARTELETE FURADEIRA TE02 - HILTI")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4936", "071")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4936", " PEÇAS DIVERSAS, MOTORES ELÉTRICOS, MOTORES À DIESEL E OUTROS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4937", "074")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4937", " GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO; GERADOR BD6500 À DIESEL - BRANCO; 3 GERADORES S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4940", "076")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4940", " CORTADORA DE PISO SO 13 À GASOLINA – CSM")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4939", "078")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4939", " RÉGUAS VIBRATÓRIAS TRELIÇADA 12,00M - GASOLINA - ALLEN")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4941", "080")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4941", " 2 TALHAS MANUAIS BERG STEEL 3T; CAP. ELEVAÇÃO 3M")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4943", "082")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4943", " 5 CORTADORAS DE PISO FS118BR À GASOLINA - MULTIQUIP; 6 CORTADORAS DE PISO GS2 À GASOLINA - PETROTEC; 2 CORTADORAS DE PISO - 13HP GASOLINA - MAQHILTI; CORTADORA DE PISO BFS100 À GASOLINA - WACKER")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4944", "083")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4944", " PLACA VIBRATÓRIA VIPART 1F 100")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4946", "084")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4946", " CORTADORA DE PISO")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4942", "085")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4942", " 2 GERADORES À DIESEL")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4947", "086")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4947", " MOTOR ACIONADOR À GASOLINA 4HP - CLARIDON; GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4954", "093")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4954", " 6 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1800 - MAKITA")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4955", "095")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4955", " MARTELO ROMPEDOR (DEMOLIDOR) - HM1500B - MAKITA; 4 MARTELOS ROMPEDORES (DEMOLIDOR) - HM1303B - MAKITA; 2 MARTELOS ROMPEDORES")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4958", "096")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4958", " SUCATA DE PARTES DE MÁQUINAS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4956", "097")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4956", "  [RETIRADO PELA EMPRESA] PONTEIROS DIVERSOS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4961", "102")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4961", " CORTADORA DE TUBOS C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4959", "104")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4959", " CONJUNTO DE ISOLAMENTO P/ PRÉ-MOLDADOS C/ 20 PATESCAS E ACESSÓRIOS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4960", "105")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4960", "  [RETIRADO PELA EMPRESA] PONTEIROS DIVERSOS")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4962", "106")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4962", " 3 BANCOS S/ USO P/ CAMINHÃO")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4965", "108")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4965", " 12 PLAYOFFS P/ BOBINAMENTO E DESBOBINAMENTO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4963", "109")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4963", " ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...43 lines deleted...]
-      <c r="A20" s="5" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4964", "110")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4964", " ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4966", "111")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4966", " [RETIRADO PELA EMPRESA] ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4967", "112")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4967", " [RETIRADO PELA EMPRESA] ALISADORA DE CONCRETO DUPLA 46" - PRO1200 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4968", "113")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4968", " ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4969", "114")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4969", "  [RETIRADO PELA EMPRESA] ALISADORA DE CONCRETO DUPLA 36" - PRO0900 - 20HP - ALLEN")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4971", "115")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4971", " PEÇAS DIVERSAS P/ COMPACTADOR DE SOLO, ALISADORA E CORTADORA DE PISO E OUTROS.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4970", "116")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4970", " 04 CAIXAS COM PEÇAS E COMPONENTES DIVERSOS P/ MARTELO ROMPEDOR")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4972", "117")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4972", " 04 CAIXAS COM PEÇAS E COMPONENTES DIVERSOS P/ MARTELO ROMPEDOR")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4973", "118")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4973", " GERADOR HL5500CX À DIESEL - DYNAPAC; GERADOR BH6500 (B4T-6500) À GASOLINA - BRANCO; 02 GERADORES BD6500 À DIESEL - BRANCO;")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4975", "119")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4975", " GERADOR HL5500CX À DIESEL - DYNAPAC; 02 GERADORES BD6500 À DIESEL - BRANCO; 02 GERADORES S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4974", "120")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4974", " 02 CORTADORAS DE PISO GS2 À GASOLINA - PETROTEC")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4977", "121")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4977", " 1 ARMÁRIO EM MADEIRA C/ 8 GAVETAS C/ DISPOSITIVO HILTI TE55")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4976", "122")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4976", " MÁQUINA DE PROJEÇÃO MTEC DUO-MIX; ANO: 2011; ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4983", "123")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4983", " MÁQUINA DE PROJEÇÃO MTEC DUO-MIX; ANO: 2011; ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4978", "124")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4978", " MÁQUINA DE PROJEÇÃO MTEC DUO-MIX; ANO: 2010; ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4980", "125")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4980", " DOBRADEIRA PEDAX; C/ MOTOR ELÉTRICO 5CV.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4981", "126")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4981", " DOBRADEIRA PEDAX; TENSÃO: 380 V.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4979", "127")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4979", " MARTELETE, BASE P/ CORTADORA DE PISO, PEÇAS DIVERSAS. CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4982", "128")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4982", " VIBRADORES DE CONCRETO E MOTORES DIVERSOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4984", "129")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4984", " 30 CAIXAS DE LIXA NORTON G125.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4988", "130")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4988", " SUCATA DE COMPACTADORES, MARTELETES, RÉGUAS VIBRATÓRIAS.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4987", "131")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4987", " ACESSÓRIOS P/ ANDAIMES DIAGONAIS DIVERSOS C/ "X" DE ANDAIME.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4985", "132")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4985", " 28 ANDAIMES 2X1 M.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4989", "133")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4989", " ACESSÓRIOS PARA ANDAIMES DIAGONAIS DIVERSOS COM "X" PARA ANDAIME FACHADEIRO.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4986", "134")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4986", " BOMBA D'ÁGUA SUBMERSIVEL 4" - BC50L - TRIFÁSICA - CLARIDON.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4990", "135")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4990", " BOMBA D'ÁGUA SUBMERSIVEL 4" - BC50L - TRIFÁSICA - CLARIDON.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4991", "136")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4991", " BOMBA D'ÁGUA SUBMERSIVEL 4" - BC50L - TRIFÁSICA - CLARIDON.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4993", "137")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4993", " BOMBA D'ÁGUA SUBMERSIVEL 4" - BC50L - TRIFÁSICA - CLARIDON.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4994", "138")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4994", " BOMBA D'ÁGUA MANGOTE 2.1/2 - CR250")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4992", "139")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4992", " MOTORES P/ COMPACTADORES DE SOLO E CORTADORAS DE PISO, PEÇAS P/ COMPACTADOR; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4995", "140")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4995", " MOTORES P/ COMPACTADORES DE SOLO E CORTADORAS DE PISO, PEÇAS P/ COMPACTADOR; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4996", "141")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4996", " MOTORES P/ COMPACTADORES DE SOLO E CORTADORAS DE PISO, PEÇAS P/ COMPACTADOR; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4997", "142")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4997", " MOTORES P/ COMPACTADORES DE SOLO E CORTADORAS DE PISO, PEÇAS P/ COMPACTADOR; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4998", "143")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4998", " MOTORES P/ COMPACTADORES DE SOLO E CORTADORAS DE PISO, PEÇAS P/ COMPACTADOR; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4999", "144")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4999", " PEÇAS DIVERSAS P/ MARTELO ROMPEDOR")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5000", "145")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5000", " PEÇAS E COMPONENTES DIVERSOS; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5002", "146")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5002", " PEÇAS E COMPONENTES DIVERSOS; CONFORME EXPOSTO.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5001", "147")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5001", " "X" PARA ANDAIME FACHADEIRO.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5003", "148")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5003", " "X" CORTA VENTO PARA ANDAIME FACHADEIRO E ACESSÓRIOS PARA ANDAIME")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4772", "201")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4772", " CONJ 2 MESAS COM TAMPO DE VIDRO FUME DE 8MM, 01 ARMARIO E 5 CADEIRAS ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4769", "202")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4769", " DIVERSAS MESAS E ARMÁRIO")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4770", "203")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4770", " DIVERSAS IMPRESSORAS E COMPUTADORES")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4773", "204")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4773", " PARAFUSADEIRA BOSCH GSR PROF. E LIXADEIRA")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4771", "205")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4771", " ASPIRADOR DE PÓ INDUSTRIAL e ENCERADEIRA CERTEC INDUSTRIAL")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4768", "206")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4768", " MÁQUINA PARAFUSADEIRA AUTOMÁTICA M-20 Marca Dawer")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4775", "207")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4775", " MOTORES DIVERSOS")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4774", "208")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4774", "CAMINHÃO M BENZ LS 1630 ANO: 94 Placa: final 0")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4777", "209")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4777", " ÔNIBUS VOLKSWAGEN 16210 CO; Placa: final 3. Ano: 98")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4778", "210")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4778", " ÔNIBUS VOLKSWAGEN 16210 CO; Placa: final 3. Ano: 98")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4776", "211")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4776", " ÔNIBUS FORD B-1618; Placa: final 2. Ano: 97")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="B20" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4779", "212")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/4779", " ESTRUTURA DE HILO MECÂNICO. ; CAP. 20 TON PARA MESA ALIMENTADORA COM PATAMAR - SUCATA")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...20 lines deleted...]
-      <c r="E21" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5027", "214")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5027", " CAMINHÃO BASCULANTE FORD CARGO 2628 E Ano 2010")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5029", "215")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5029", " CAMINHÃO BASCULANTE VW 31.260 E. Ano: 2008/2009")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5026", "216")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5026", " CAMINHÃO BASCULANTE FORD CARGO 2828 CN 6X4. Ano: 2011/2012")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5030", "217")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5030", " Aparelho a laser autonível giratório com dector DeWalt DW 079 com tripé.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5031", "218")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5031", " MC01 MINI CARREGADEIRA CAT 216B Ano: 2010")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...25 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5028", "219")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5028", " RE13 RETRO CAT 416E. Ano: 2010")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...121 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5032", "220")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5032", " RE17 RETRO JCB 3C. Ano: 2011")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...25 lines deleted...]
-      <c r="F27" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5033", "221")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5033", " TE04 TRATOR CAT D5K. Ano: 2009")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5038", "222")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5038", "CONJUNTO TRASEIRO FACCHINI ANO: 2009")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-[...3614 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5039", "223")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5039", "CONJUNTO TRASEIRO FACCHINI ANO: 2009")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>