--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33892", "285")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33892", "VW; PASSAT LSE; 1986/1986; VERMELHA; GASOLINA - PLACA PRETA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33874", "286")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33874", "MITSUBISHI;SPACE WAGON GLX, 1994/1995; AZUL; GASOLINA;")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33806", "287")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33806", "I/ PEUGEOT 408 ALLURE (AUTOMATICO); 2011/2011; CINZA; GASOLINA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33805", "288")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33805", "HONDA FIT LX CVT, 2016/2017, CINZA; ALCO./GAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33801", "289")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33801", "HONDA FIT LX "AUTOMÁTICO"; 2008/2008; CINZA; GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.700,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33781", "290")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33781", "JEEP COMPASS LONGITUDE F.; 2017/2018; PRETA; ALCO./GASOL - APROX. 14.000KM")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33778", "291")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33778", "I; LAND ROVER; EVOQUE DYNAMIC 5D; 2013/2013; BRANCA; GASOLINA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33748", "293")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33748", "VW; FUSCA 1300; 1975/1975; AMARELA; GASOLINA - PLACA PRETA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33745", "294")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33745", "MITSUBISHI; LANCER 2.0 "GT CVT", 2011/2012; VERMELHA, GASOLINA;")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>28.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33448", "295")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33448", "HONDA/FIT LX CVT, 2017/2018, AZUL, ALCO./GASOL - APROX. 15.000KM")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33449", "296")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33449", "RENAULT DUSTER 16 D 4X2; 2015/2016; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33394", "298")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33394", "TOYOTA; YARIS SD XL 15 AT; 2019/2019; PRATA; ALCO./GASOL - APENAS 645KM")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33423", "299")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33423", "VW; FUSCA 1300 (1600 cadastrado); 1967/1967; BRANCA; GASOLINA - com ar condicionado; placa preta ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33400", "300")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33400", "VW; FUSCA 1300; 1968/1968; VERMELHA; GASOLINA; RODAS EMP")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33408", "301")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33408", "CHEVROLET/ CELTA 1.0 LT; 2011/2012; CINZA; ALCO./GASOL.- COMPLETO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>14.100,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33442", "302")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33442", "I/ FORD RANGER XLS CS2 25; 2014/2015; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33411", "303")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33411", "FIAT; PALIO FIRE ECONOMY; 2009/2010; ALCO,/GASOL")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33420", "305")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33420", "I; RENAULT; CLIO PRI 1616VS; 2007/2008; CINZA; ALCO/GASOL")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33428", "306")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33428", "HONDA FIT LXL, 2005/2006, PRATA; GASOLINA - com manual do proprietario")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33431", "307")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33431", "FIAT/PALIO FIRE 3P, PRATA, 2003/2004; GASOLINA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.550,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33401", "308")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33401", "HONDA / FIT LX CVT; 2017/2018, FLEX, CINZA - APROX. 13.000KM")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33395", "309")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33395", "CHEVROLET; SPIN 1.8L AT LTZ; 2013/2013; PRETA; ALCO./GASOL.;  7 lugares")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33397", "310")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33397", "I/ VW JETTA VARIANT; 2009/2009; PRETA; GASOLINA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>16.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33393", "311")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33393", "I/ NISSAN VERSA 16SL FLEX; 2013/2014; BRANCA; ALCO./GASOL;")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>18.050,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33422", "312")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33422", "GM/ CORSA WIND; 1997/1997; VERMELHA; GASOL - TURBO SUSPENSÃO A AR")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33443", "313")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33443", "MITSUBISHI; PAJERO HD "2.5 turbo 4x4", 2010/2011; AMARELA, DIESEL")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33404", "314")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33404", "MITSUBISHI; LANCER 2.0 "CVT", 2013/2014; GASOLINA; BRANCA, - APROX. 38.000KM")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33427", "315")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33427", "HONDA CITY EX FLEX; 2011/2012; CINZA; ALCO./GASOL")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33392", "316")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33392", "FORD; FOCUS GH 2LHC FLEX; 2010/2010; VERMELHA; ALCO./GASOL")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33415", "318")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33415", "HONDA, FIT LX CVT, 2015/2016, CINZA; ALCO./GASOL.,")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33399", "319")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33399", "VW; GOL CL; 1989/1989; CINZA; ALCOOL - TURBO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33402", "320")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33402", "I; M.BENZ C300; 2010/2010; GASOLINA; PRATA - Manual e Chave reserva")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33409", "321")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33409", "MITSUBISHI; LANCER 2.0 "CVT", 2011/2012; GASOLINA; PRETA,")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33405", "322")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33405", "HONDA; CIVIC LXL; 2012/2012; BRANCA; ALCO./GASOL - PLACA ODF-6915")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>32.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33421", "323")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33421", "NISSAM; LIVINA 16S; 2011/2012; PRATA; GASOLINA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33412", "324")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33412", "NISSAM; TIIDA SEDAN 18F; 2011/2012; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33396", "325")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33396", "HONDA FIT EX CVT, 2016/2016, CINZA; ALCO./GAS ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33398", "326")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33398", "IMP. VW GOLF GL 1.8 MI; 1997/1997; PRETA; GASOLINA -  MANUAL, CHAVE RESERVA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33436", "327")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33436", "GM; CAPTIVA SPORT FWD; 2008/2009; AZUL; GASOLINA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33430", "328")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33430", "GM; VECTRA SEDAN ELITE; 2008/2009; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33425", "329")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33425", "VW/GOL, 1989/1989, ALCOOL, VERMELHA")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33403", "330")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33403", "HONDA, FIT LX CVT, 2017/2017, PRATA; ALCO./GASOL.,")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33406", "331")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33406", "TOYOTA; ETIOS SEDAN XS; 2014/2014; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33424", "332")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33424", "VW; PUMA GTE; 1977/1977; VERMELHA; GASOLINA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33410", "333")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33410", "HONDA; CR-V LX; 2008/2008; PRATA; GASOLINA")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33413", "334")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33413", "TOYOTA; ETIOS HB X; 2015/2015; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33414", "335")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33414", "FIAT; DOBLO ESSENCE 1.8; 2013/2013; PRATA; ALCO./GASOL/GNV - 7 lugares")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>25.250,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33416", "336")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33416", "HONDA; CITY EX CVT; 2017/2017; CINZA; ALCO./GASOL.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33446", "337")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33446", "CHEVROLET/ BALZER ADVANTAGE 2.4; 2011/2011; BRANCA; ALCO./GASOL")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33418", "400")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33418", "MOTO REVO KREW 212 CC 7HP - SEM DIREITO A DOCUMENTAÇÃO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33779", "401")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33779", "JET  Yamaha VX700 2 Tempos, ANO 2007 C/ CARRETA, FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33780", "402")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33780", "BUGGY SWELL Motor Honda 5.5 C/ RÉ, FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33803", "403")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/33803", "QUADRICICLO POLARIS 90CC 2T 2006 - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>