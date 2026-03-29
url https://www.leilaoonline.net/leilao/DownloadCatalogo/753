--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34394", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34394", "CONJUNTO - SCANIA T142 H 4X2 1985/1985 DIESEL/ SEMI REBOQUE GUERRA 3 EIXOS 1992/1992")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>41.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34393", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34393", "GM CHEVROLET 1959 - Cabine Alongada (em fase de restauração)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34396", "301")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34396", "VASSOURA MINI CARREGADEIRA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34397", "306")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34397", "Mini Rolo Compactador")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34395", "307")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34395", " JET SKI COM REBOQUE")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35579", "308")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35579", "PLATAFORMA DE CORTE")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35578", "309")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35578", " 4 ENSILADEIRAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35588", "310")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35588", " Duas válvulas rotativas para grãos")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35585", "311")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35585", " Duas válvulas rotativas para grãos")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35582", "312")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35582", " Duas válvulas rotativas para grãos")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35581", "313")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35581", " Duas válvulas rotativas para grãos")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35583", "314")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35583", " Cabine Agralle")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35584", "315")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35584", " Niveladora 14 discos")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35580", "316")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35580", " Tanque para líquidos")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.200,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35586", "317")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35586", " Plataforma hidráulica")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35587", "318")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35587", " Duas Conchas")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35729", "319")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35729", "Secador de grãos a diesel 5 metros X1.5")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34392", "400")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34392", "PLANTADEIRA Marca SLC. Mod: 7AS-2. Ano: 1994")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34391", "402")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34391", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34899", "404")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34899", "PLANTADEIRA TATU ANO 2013 MODELO PST 4 COM 10 LINHAS DE 45 CM (REFORMADA)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>59.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34398", "405")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34398", "COLHEITADEIRA VALTRA BC 7500. Ano 2010. Com plataforma de corte de 25 pés")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34399", "406")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34399", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34763", "407")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34763", " Sucata de Caminhão MB  22 20. Ano 1990")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34760", "408")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34760", " Betoneira 14.000 litros ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34761", "409")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34761", " Ford Cargo 4030. Prancha 9 m. Ano 1998. Pneus sucata")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>109.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34762", "410")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34762", " Tanque de fibra. 16.000 L")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34766", "411")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34766", " Outdoor 6x4. Com torre/ Pé direito")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34768", "412")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34768", " Tow gow (central de concreto)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>78.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34764", "414")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34764", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34765", "415")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34765", " Caçamba para caminhão truck")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34767", "416")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34767", " Escavadeira Doosan. Ano 2008 [ Vídeo ] ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>139.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34769", "417")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34769", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>350.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34789", "418")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34789", "GM SILVERADO. Ano 1998/ 99. Motor desmontado. Diesel. 6 cc. MWM")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35603", "419")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35603", "Guindaste Grove TMS 760. 60 Toneladas. Ano 1973. Sem motor. Sem câmbio. Sem jib. Sem Pneus.")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35604", "420")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35604", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>57.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35656", "421")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35656", "Guindaste (só equipamento). Marca Irga. Capacidade 25 toneladas. Ano 1998. Com jibe  ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34400", "501")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34400", "Pá Carregadeira Marca Liu Gong ano 2011 série LBL 239793")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34401", "502")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34401", "Pá Carregadeira Marca new holand W130 ano 2008 série N9AE11368")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34402", "601")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34402", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 143")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34403", "602")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34403", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 144")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35590", "603")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35590", "Plantadeira SPA Megaflex 4500 Baldan. Ano 2011")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>39.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>