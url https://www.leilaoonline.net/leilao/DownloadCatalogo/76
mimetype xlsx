--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5053", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5053", " Rolo Compactador CAT CS423E Ano / Mod:  2011 FROTA: 5509")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5055", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5055", " Trator MF 283 4 Ano / Mod:  2006 FROTA: 5018 Horímetro:  2290")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5057", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5057", " VW Saveiro 1.6 CS FLEX; BRANCA Ano / Mod:  2011/2012 FROTA: 1055 Placa:  ERR-2196 Chassi:  9BWKB05W3CP049502")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5056", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5056", " Trator JD Gator  - Utilitario  Ano / Mod:  2013 FROTA: 5177 Horímetro:  50145")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5054", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5054", " VW Saveiro 1.6 CS FLEX; BRANCA Ano / Mod:  2011/2012 FROTA: 1058 Placa:  EVN-0534 Chassi:  9BWKB05U0CP098995")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5058", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5058", " Toyota Etios HB XS FLEX; BRANCA Ano / Mod:  2013/2013 FROTA: 1067 Placa:  FHI-0732 Chassi:  9BRK19BT3D2006931")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5061", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5061", " VW GOL 1.0 FLEX; PRATA Ano / Mod:  2012/2013 FROTA: 1066 Placa:  FBD-5821 Chassi:  9BWAA05U9DP027309")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5059", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5059", " VW Saveiro 1.6 CS FLEX; BRANCA Ano / Mod:  2012/2013 FROTA: 1065 Placa:  FBD-5842 Chassi:  9BWKB05U9DP033631")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5064", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5064", " Caminhão Iveco Trakker 380T38N DIESEL; BRANCA. OBS: SEM JULIETAS. Ano / Mod:  2009/2010 FROTA: 2043 Placa:  EPI-5865 Chassi:  93ZE3TRT0A8500135")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>130.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5062", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5062", " CARREGADEIRA DE CANA MF 290 4x4. OBS.: MOTOR/CÂMBIO EM MANUTENÇÃO Ano / Mod:  2006 FROTA: 5032")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5060", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5060", " Caminhão VW 16.200 DIESEL; BRANCA. OBS.: Motor/câmbio/implemento em manutenção. Ano / Mod:  1999/2000 FROTA: 2010 Placa:  CZB-3336 Chassi:  9BWY2TGF5YRX11859")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5063", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5063", " Trator Case MXM 150 Ano / Mod:  2008 FROTA: 5008")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5065", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5065", " Motoniveladora Volvo G940 Ano / Mod:  2009 FROTA: 5062")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5069", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5069", " Escavadeira R160 LC7 700M Ano / Mod:  2008 FROTA: 5502")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5068", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5068", " Trator Case MXM 180 Ano / Mod:  2010 FROTA: 5081")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5067", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5067", " Colhedora Case A8800 Ano / Mod:  2010 FROTA: 5076")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>141.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5066", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5066", " Trator JD Gator  - Utilitario  Ano / Mod:  2013 FROTA: 5178")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5070", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5070", " Toyota Etios HB XS FLEX; BRANCA Ano / Mod:  2013/2013 FROTA: 1068 Placa:  FHI-0841 Chassi:  9BRK19BT3D2007657")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5072", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5072", " Caminhão Iveco Trakker 420T. OBS.: Com 2 julietas, irão sem pneus. Ano / Mod:  2009 FROTA: 2037 Placa:  EIV-6403")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5073", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5073", " Caminhão Iveco Trakker 420T. OBS.: Com 2 julietas, irão sem pneus. Ano / Mod:  2009 FROTA: 2038 Placa:  EIV-6441")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5078", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5078", " VW GOL 1.0 FLEX; PRATA Ano / Mod:  2012/2013 FROTA: 1064 Placa:  FBD-5841 Chassi:  9BWAA05U5DP028652")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5074", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5074", " Carroceria Usicamp Ano / Mod:  FROTA:")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5075", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5075", " Rolo Compactador de Solo BRISFALTO Ano / Mod:  2000 FROTA: 6003")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5076", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5076", " Roçadeira de Arrasto SP1 Ano / Mod:  2000 FROTA: 6198")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5080", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5080", " Distribuidor Fertilizantes SOLLUS SPANDER 20 CHTD  Ano / Mod:  2010 FROTA: 6086")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5077", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5077", " Transbordo SERMAG TBCP 10000 Ano / Mod:  2011 FROTA: 8576")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5081", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5081", " Transbordo SANTA IZABEL TASI 12000 Ano / Mod:  2011 FROTA: 8577")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5079", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5079", " Transbordo SANTA IZABEL TASI 12000 Ano / Mod:  2011 FROTA: 8578")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5084", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5084", " Transbordo TBCP 10000 Ano / Mod:  2010 FROTA: 8571")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5082", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5082", " Transbordo TBCP 10000 Ano / Mod:  2010 FROTA: 8570")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5088", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5088", " Transbordo TBCP 12000 Ano / Mod:  2010 FROTA: 8573")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5083", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5083", " Transbordo TBCP 10000 Ano / Mod:  2010 FROTA: 8572")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5086", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5086", " Chassi de reboque 2E Ano / Mod:  FROTA: 8118 Placa:  BWD-0917")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5085", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5085", " Roçadeira de Arrasto SP1 Ano / Mod:  2004 FROTA: 6199")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5087", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5087", " Subsolador TATU AST/MATIC 500 Ano / Mod:  FROTA: 6063")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5089", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5089", " Terraceador c/ 20 discos de 30" Ano / Mod:  FROTA:")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5090", "042")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5090", " Quadro de grade TATU GAPCP Ano / Mod:  FROTA: 6019")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5092", "043")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5092", " Calcareadeira Inroda Ano / Mod:  2006 FROTA: 6174")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5095", "044")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5095", " Reboque cana picada 2E Ano / Mod:  2009 FROTA: 8023 Placa:  EIV-5162")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5091", "045")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5091", " Reboque auxiliar Dolly 2E Ano / Mod:  2008 FROTA: 8509")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5093", "046")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5093", " Reboque cana picada 2E Ano / Mod:  2009 FROTA: 8027 Placa:  EIV-5062")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5094", "047")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5094", " Reboque cana picada 2E Ano / Mod:  2009 FROTA: 8021 Placa:  EIV-5211")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5097", "048")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5097", " Reboque cana picada 2E Ano / Mod:  2010 FROTA: 8101 Placa:  BWQ-9310")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5096", "049")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5096", " Reboque cana picada 2E Ano / Mod:  2010 FROTA: 8102 Placa:  BWQ-9307")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5099", "050")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5099", " Reboque cana picada 2E Ano / Mod:  2010 FROTA: 8097 Placa:  EPI-4513")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5098", "051")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5098", " Reboque cana picada 2E Ano / Mod:  2009 FROTA: 8024 Placa:  EIV-5142")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5101", "052")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5101", " Caixote Usicamp Ano / Mod:  FROTA: 6109")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5100", "053")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5100", " Caixote Usicamp Ano / Mod:  2010 FROTA: 6112")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5103", "054")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5103", " Caixote Usicamp Ano / Mod:  2010 FROTA: 6102")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5102", "055")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5102", " Caixote Usicamp Ano / Mod:  2010 FROTA: 6124")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5104", "059")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5104", " Reboque auxiliar Dolly 2E Ano / Mod:  2010 FROTA: 8108 Placa:  EPI-5093")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5105", "061")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5105", " Reboque auxiliar Dolly 2E Ano / Mod:  2010 FROTA: 8111 Placa:  EPI-4923")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5106", "062")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5106", " Reboque cana picada 2E Ano / Mod:  FROTA: 8099 Placa:  EPI-4790")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5107", "063")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5107", " Plantadeira SERMAG SE 10000 Ano / Mod:  2011 FROTA: 6132")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...47 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5108", "064")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5108", " Motocicleta Honda BROS NXR150 ESDM Ano / Mod:  2010/2010 FROTA: 1036 Placa:  EOU-9244 Chassi:  92CKD0510AR009022")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5109", "065")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5109", " Motocicleta Honda BROS NXR150 ESDM Ano / Mod:  2010 FROTA: 1046 Placa:  EOU-9655 Chassi:  92CKD0510AR037711")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...1694 lines deleted...]
-      </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5110", "066")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5110", " Transbordo TBCP 10000 Ano / Mod:  2010 FROTA: 8572")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>