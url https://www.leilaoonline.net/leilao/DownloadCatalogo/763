--- v0 (2026-01-15)
+++ v1 (2026-03-29)
@@ -269,5403 +269,4731 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34997", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34997", "Lote com 200 peças de bermudas de coton jeans. Peças novas sem defeito de excelente qualidade. Tecido Coton Jeans Tamanho P- M- G. Cores variadas entre Preto, Azul, Marrom, Verde, e Telha.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35074", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35074", "APROX. 7.500 PEÇAS ROUPAS: SENDO 6.500 ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS) E 1.000 FEMININO ADULTO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35045", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35045", "APROX. 316 SAPATILHAS NOVAS TIPO ALPARGATAS. MARCA TOMS NA COR PRETA. NUMERAÇÕES DIVERSAS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>890,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35046", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35046", "02 MÁQUINAS DE LAVAR ROUPAS. BRASTEMP (7 KG) E ELETROLUX (6 KG)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35015", "200")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35015", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35016", "201")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35016", " BALANÇA EMPACOTADORA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35017", "202")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35017", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35085", "203")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35085", "[ LANCE POR UNIDADE ] APROX. 594.010 UNIDADES DE CAPACITORES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>0,25</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36310", "204")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36310", "ESTRUTURAS METÁLICAS DE GALPÃO. Aprox. 2.000 m² (desmontado) ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35018", "300")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35018", " CÂMARA FRIA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35027", "301")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35027", "LOTE COM APROX.10 APARELHOS DE TV")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35019", "302")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35019", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35021", "303")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35021", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35020", "304")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35020", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35022", "305")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35022", " APROX. 100 PARES DE SAPATOS FEMININOS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35024", "306")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35024", " MESA GARINPADORA E MOINHO TRITURADOR DE COBRE")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35025", "309")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35025", " LOTE COM APROX. 30 CAIXAS DE SOM. MODELOS VARIADOS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35023", "311")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35023", " EXPOSITORA DE BEBIDAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35026", "312")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35026", " TRITURADOR /PICADOR")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35014", "313")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35014", "01 motor 20 CV, 01 motor flangeado Web e 01 motor redutor")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35008", "314")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35008", " 01 Portão galvanizado")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35011", "315")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35011", " 10 lavadoras de roupa e lava e seca")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35009", "316")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35009", " Aprox. 20 coifas e depuradores")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35010", "317")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35010", " Baú térmico. 5 metros. Parede 15 cm")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35012", "318")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35012", " 05 refrigeradores.  Com defeito")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35013", "319")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35013", " Aprox.30 bebedouros e purificadores de água")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35005", "320")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35005", " COMPRESSOR WAYNE 60 PÉS COM MOTOR DE 15 HP. FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35007", "321")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35007", "BICICLETA A GASOLINA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35006", "323")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35006", " LOTE COM 05 REFRIGERADORES DUPLEX. COM DEFEITO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35004", "324")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35004", " ENCARDENADORA/ PERFURADORA ELÉTRICA SEMI AUTOMÁTICA.  MINIMAX PLUS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35002", "326")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35002", " EMBALADORA/SELADORA TERMO ENCOLHÍVEL. MARCA ARAÚJO.")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34998", "327")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34998", " LOTE COM 02 ARQUEADORAS  DE CAIXAS SEMI AUTOMÀTICAS. MARCA CYCLOP.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35003", "328")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35003", " LOTE COM APROX. 50 CLIMATIZADORAS/ UMIDIFICADORAS")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35001", "329")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35001", "   LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34999", "330")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34999", "LOTE COM APROX. 50 COMPRESSORES DE REFRIGERAÇÃO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35000", "331")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35000", " LOTE COM APROX. 300 PEÇAS SEM USO. METALFRIO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34993", "332")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34993", " APROX. 50 MÓVEIS DE ESCRITÓRIO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34994", "333")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34994", " 04 EXPOSITORES ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34995", "334")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34995", " BAÚ DE CAMINHÃO ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34992", "335")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34992", " BOMBA DÁGUA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34991", "336")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34991", " SUCATA LAVADORA DE LOUÇAS MARCA HOBART")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34996", "337")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34996", " APROX. 2.500 ROLAMENTOS DIVERSOS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34990", "338")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34990", " TURBINA (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34985", "339")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34985", " 03 ILHAS DE RESFRIAMENTO /CONGELAMENTO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34989", "340")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34989", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34984", "341")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34984", " 04 VENDING MACHINE")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34988", "342")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34988", "PRODUTORA DE GELO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34986", "343")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34986", " APROX. 100 ITENS DE ELETROPORTÁTEIS DIVERSOS")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34982", "344")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34982", " 02 BATEDEIRAS INDUSTRIAIS MARCA LIDER.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34987", "345")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34987", " FORNO A GÁS TURBO. MARCA PERFECTA CURITIBA. MOD. PETIT")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34983", "346")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/34983", " FORNO ELETRICO DE 3 LASTROS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35028", "347")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35028", "LOTE COM: 10 COMPRESSORES (SEM USO)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35029", "348")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35029", " BEBEDOURO INDUSTRIAL. INOX")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35034", "351")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35034", " CADEIRAS, LUSTRE, VENTILADOR DE TETO. 6 PÇS.")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35031", "352")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35031", " PROCESSADOR DE ALIMENTOS")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35035", "353")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35035", " AMASSADEIRA RÁPIDA")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35032", "354")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35032", " UTENSÍLIOS DE COZINHA. 4 PÇS. (EXAUSTOR, LIQUIDIFICADOR, PANIFICADOR E FOGÃO)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35036", "355")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35036", " PIA COM BANCADA 1,80. VENTILADOR DE PAREDE E EXAUSTOR.")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35033", "356")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35033", " FATIADOR DE FRIOS VERTCAL")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35037", "357")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35037", " LOTE COM 05 CENTRÍFUGAS")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35038", "358")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35038", "CERVEJEIRO")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35039", "359")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35039", "CERVEJEIRO")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35040", "360")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35040", "FREEZER (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35041", "362")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35041", "12 AQUECEDORES SORTIDOS COM DEFEITO")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35042", "363")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35042", "APROX. 60 ÓCULOS 3D PHILCO")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35043", "364")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35043", "MESA DE CENTRO TOCO")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35044", "365")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35044", "LOTE COM APROX. 10 APARELHOS DE TV")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35065", "366")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35065", " 3 Ventiladores industriais. motor Weg 0.5 Hp")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35068", "368")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35068", " Ar condicionado split duto. 220V. Trifásico. 48.000 BTUs")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35052", "369")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35052", " 2 bombas WEG  20 Hp")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35056", "370")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35056", " Sucata de 02 refrigeradores Inox")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35066", "372")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35066", " 800 unidades de Protetor térmico Klixon. (Sem uso)")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35053", "374")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35053", " Mesa rústica")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35063", "376")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35063", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35049", "378")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35049", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35055", "379")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35055", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35061", "380")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35061", "Lote com: 03 aquecedores elétricos. Marcas Ventisol, Mondial e Cadence. Funcionando")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35054", "381")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35054", " Cervejeira. 110v. 115 litros")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>580,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35067", "382")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35067", " 02 climatizadores de ambiente. Marca Ventisol. 110v")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35069", "383")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35069", " 02 climatizadores de ambiente. Marca Nell. 110v")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35051", "385")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35051", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35057", "386")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35057", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35062", "387")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35062", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35047", "388")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35047", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35060", "389")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35060", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35048", "390")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35048", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35059", "391")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35059", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35064", "392")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35064", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35050", "393")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35050", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35058", "394")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35058", " 02 aquecedores a óleo. 110V. Funcionando.")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35070", "396")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35070", "Moedor de carnes boca 98. Trifásico. Funcionando")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35071", "397")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35071", "Aprox. 100 un. de sucata de cadeiras diversas (giratórias, longarinas, assentos e outros)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35072", "398")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35072", "MESA DE SINUCA. 1,85m x 1,15m")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35073", "399")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35073", "Injetora de poliuretano. Trifásica. 220V. Precisa de reparos.")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35075", "400")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35075", " Buffet com aquecimento e Refrigeração")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35076", "402")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35076", " Lote de Moldes para veleiro de 30 pés e mais peças (ferragens, bancos e moldes extras)")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35084", "403")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35084", " Estação de tratamento de efluentes. 10 m³/h")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35082", "405")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35082", "INJETORA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35078", "407")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35078", "TORNO NARDINI. MOD. MASCOTE MS1640 (FALTANDO O CARRINHO)    ")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35080", "408")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35080", " Balança mecânica. 5 toneladas.")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35077", "409")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35077", " Balança mecânica. 9 toneladas")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35083", "410")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35083", "4 EXPOSITORES")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35086", "411")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35086", "LOTE COM APROX.10 APARELHOS DE TV")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35087", "412")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35087", "LOTE COM APROX.10 APARELHOS DE TV")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35088", "413")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35088", "LOTE COM APROX.10 APARELHOS DE TV")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35089", "414")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35089", "CABINE DE JATEAMENTO POR PRESSÃO")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35090", "415")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35090", "PRODUTORA DE GELO")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35091", "416")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35091", "PRODUTORA DE GELO")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35093", "417")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35093", "LOTE COM APROX. 10 APARELHOS DE TV")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35092", "418")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35092", "LOTE COM APROX. 17 APARELHOS DE TV")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35094", "419")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35094", " Serra/ Policorte Motomil SC-90. Sem motor")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35095", "420")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35095", " Furadeira de bancada ")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35096", "421")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35096", " Multifuncional HP-8500 e Epson xp-241")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35098", "422")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35098", " Dois tanques horizontais de 250 lts cada ")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35099", "423")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35099", " Aprox. 8 unidades de sucata de Refrigeradores Red Bull")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35097", "424")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35097", " Cadeiras, ombrelone e guarda sol (Aprox. 15 peças)")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35100", "425")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35100", " Aprox. 15 peças entre fornos e microondas")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35102", "426")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35102", " Aprox. 110 unidades de Nichos Decorativos ")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35103", "427")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35103", " Forno embutir")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35101", "428")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35101", " 7 portas de câmara fria inox e brancas")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35104", "429")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35104", " Aprox. 150 unidades de bandejas de Inox")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35105", "430")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35105", " Aprox. 50 unidade de Escovas alisamento, chapinhas variadas.")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35106", "431")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35106", "Sucata de máquina de sorvete expresso italianinhas ")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35107", "432")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35107", "Máquina Risomatt de corte de isolação elétrica")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35108", "433")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35108", "Sucata de aproximadamente 30 cortadoras de grama")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35109", "434")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35109", "Marcador elétrico 220V")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35110", "435")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35110", "Cabeçote de compressor + reservatório")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35111", "436")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35111", "LOTE COM APROX. 50 UNIDADES DE LOUÇA SANITÁRIA. SENDO PIAS E VASOS DECA")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35112", "437")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35112", "Aprox. 30 lâmpadas de led de embutir e sobrepor. 12 ,18 e 24 Watts")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35488", "438")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35488", " Víso cooler (expositora de bebidas) Funcionando. Acidentado. 220v")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35482", "444")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35482", " Furadeira, Policorte e Compressor")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35480", "445")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35480", " Quiosque de lanches")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35489", "449")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35489", " Prensa hidráulica")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35481", "451")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35481", " 3 unidades de motor hidráulico Brevini ED2010/mn1")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35723", "452")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35723", " Aprox. 25 unidades de rodas para estepe GM")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35722", "453")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35722", " Aprox. 500 kgs de grampo  1x9 galvanizado")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35721", "454")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35721", " Lote de motores e caixa  de redução (com motor de 50 Hp)")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35719", "455")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35719", " 10 prateleiras de aço galvanizado com rodas")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35720", "456")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35720", " Bomba de irrigação 7.5 hp")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35724", "457")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35724", " Bomba d’água")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35726", "458")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35726", " Esteira de transporte  elétrica. Medidas 6.5 x 0.70")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35728", "459")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35728", " 4 tanques de inox com rodas")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35725", "460")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35725", " Escada caracol. 3.90m de altura")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35727", "461")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35727", " Prensa jacaré. Funcionando")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35730", "462")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35730", "Luminárias, lustres e abajures. Aprox. 50 unidades sortidas")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35731", "463")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35731", "Duas fritadeiras a gás")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36289", "465")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36289", "Lote de sucatas de ferramentas")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36290", "466")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36290", "4 caixas amplificadoras")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36291", "467")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36291", "Aprox. 50 unidades de pacotes de móveis sortidos")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36292", "468")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36292", "Aprox. 400 unidades de corrediças para gavetas")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36545", "469")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36545", "Aprox. 50 macacos hidráulicos diversos. Sem uso. Pode conter alguma avaria")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35268", "801")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35268", "Aprox. 270 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35275", "802")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35275", "Aprox. 270 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35272", "803")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35272", "Aprox. 135 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>675,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35269", "804")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35269", "Aprox. 135 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>675,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35276", "805")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35276", "Aprox. 135 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>675,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35273", "806")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35273", "Aprox. 70 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35270", "807")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35270", "Aprox. 35 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>175,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35278", "808")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35278", "Aprox. 15 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>75,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35277", "809")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35277", "Aprox. 10 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35274", "810")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35274", "Aprox. 5 peças de Cardigans Femininos (SEM USO)")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>25,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35271", "811")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35271", "COMPRESSOR SOPRADOR CANAL LATERAL VAZ FLUZ. (SEM USO)")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35279", "812")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35279", "Aprox. 90 luminárias diversas - pendentes lustres, plafons e diversos itens de elétrica")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35280", "813")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35280", "Sucatas de diversos de itens de informática")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35281", "814")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35281", "Aprox. 2.000 peças de botão liga")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35282", "815")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35282", "Aprox. 500 unidades de módulos elétricos Tramontina")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36242", "816")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36242", "Aprox. 100 pares de sapatilhas. Numeração 35 a 39")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36243", "817")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36243", "Aprox. 200 peças de bolsa porta documentos")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>