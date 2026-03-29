--- v0 (2026-01-18)
+++ v1 (2026-03-29)
@@ -269,4763 +269,4171 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35410", "310")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35410", "JUKEBOX Luxuosa. Modelo Clássico, Retrô, Vintage, Rádio/ MP3/ USB. (EM FUNCIONAMENTO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35438", "311")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35438", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35395", "312")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35395", " PEÇAS DE MOTOCICLETA, PAR DE CARENAGEM ( LATERAL) E PAR DE RETROVISOR ARTICULADO.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35705", "313")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35705", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (6 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35394", "314")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35394", " LOTE DE DINHEIRO ANTIGO TOTAL DE 240 UNIDADES, SENDO APROX. 140 NOTAS E 100 MOEDAS.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35437", "315")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35437", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35393", "316")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35393", "03 QUADROS DE BICICLETA. FULL SUSPENSION ARO 26"")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35444", "317")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35444", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (11,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36280", "318")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36280", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35440", "319")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35440", " 30 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE, ENVELHECIDAS NO BARRIL DE MADEIRA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35390", "320")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35390", "LOTE COM: 02 monitores (20" e 15"), 03 nobreaks, 01 estabilizador, 02 centrais de monitoramento de vídeo, 01 impressora HP, 01 central de alarme, 01 lâmpada de emergência e 11 headphones")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35432", "321")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35432", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35416", "322")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35416", "50 unidades de tintura para cabelo Henna Creme Natural (Cores Diversas) - 70ml Surya Brasil")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35441", "323")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35441", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35396", "324")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35396", " LOTE ÚNICO: 07 SUCATAS DE PARTES DE MOTOCICLETAS ANTIGAS DA DÉCADA DE 1980 (PARA COLECIONADORES OU RESTAURAÇÃO). SENDO YAMAHA RX-180cc , YAMAHA RD-135cc, YAMAHA RX-125cc e outras.")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35458", "325")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35458", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36283", "326")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36283", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35439", "327")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35439", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35397", "328")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35397", "LOTE C/ 32 ITENS, SENDO 07 FILTROS DE AGUA PROFISSIONAL, 25    UNIDADES DE LÂMPADA E / TOMADAS.")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35434", "329")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35434", "30 GARRAFAS DE CACHAÇA SABOR GUARANÁ, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35405", "330")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35405", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35433", "331")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35433", "30 GARRAFAS DE CACHAÇA SABOR PEQUI, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35406", "332")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35406", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35456", "333")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35456", " LOTE C/ 30 GARRAFAS DE CACHAÇA AMARELINHA. 720ml CADA, ENVELHECIDAS DIRETO DE BARRIS DE CARVALHO.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35407", "334")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35407", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35436", "335")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35436", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35408", "336")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35408", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35689", "337")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35689", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (6 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35409", "338")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35409", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35442", "339")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35442", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35384", "340")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35384", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E AMARELO, NOVO ( SEM USO). ( T-11).")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35691", "341")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35691", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (11,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35391", "342")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35391", " 06 DISCOS DE VINIL ANTIGOS LP, GRANDES SUCESSOS, ENTRE ELES O LENDÁRIO DISCO DE 1971 "IMAGINE" DE JOHN LENNON, ORIGINAL DE ÉPOCA. RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35435", "343")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35435", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35392", "344")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35392", " BICICLETA ANTIGA GORICKE, VARÃO DUPLO, FREIO DE PÉ, RARIDADE PARA COLECIONADORES.")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35446", "345")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35446", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35373", "346")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35373", "LOTE CONTENDO 30 APARELHOS DVD.VÁRIAS MARCAS E MODELOS. EM FUNCIONAMENTO.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35445", "347")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35445", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35370", "348")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35370", " [ RETIRADO ] 04 TOTEN / PEDESTAL, SENDO 02 MEDINDO; 1,80 E 02 MEDINDO; 1,50. COM REGULAGEM")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35431", "349")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35431", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35371", "350")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35371", "LOTE COM 011 BANCOS P/ MOTOCICLETAS ANTIGAS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35464", "351")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35464", "03 Garrafas de Bebidas, Sendo 01 Licor Amarula, 01 Vinho Cabernet Reserva Especial Salton Classic e 01 Vinho Bruta Safra de 2013.")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35372", "352")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35372", "LOTE COM APROX. 50 CAPAS DE BANCO DE CICLOMOTORES ANTIGOS, MOBILETE MONARK CALOI CX , CALOI XR, GARELI E OUTRAS. PRODUTO ORIGINAL, SEM USO, ESTOQUE ANTIGO, DECADA DE 1980 , PARA COLECIONADORES. VÁRIAS CORES E MODELOS.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35457", "353")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35457", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35380", "354")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35380", " 60 UNIDADES DE ACESSÓRIOS P/ CELULARES, SUPORTES P/ VEÍCULOS E CINTURA. (NOVOS (SEM USO).")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35688", "355")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35688", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (4 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>230,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35385", "356")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35385", " COLEÇÃO C/ 90 UNIDADES DE  CELULARES ANTIGOS , VÁRIAS MARCAS  E MODELOS DÉCADA DE 1990, ANTIGUIDADE PARA COLECIONADORES. (L-07, L-09 e L-18)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35463", "357")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35463", "03 - Garrafas de Tequila José Cuervo.")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35374", "358")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35374", " LOTE CONTENDO 11 UNIDADES DE DISPENSER DE VARIOS MODELOS E SEGMENTOS.")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35459", "359")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35459", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35375", "360")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35375", " LOTE CONTENDO APROX. 25 CHUVEIROS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35465", "361")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35465", "10 UNIDADES DE CANTIL EM INOX, 240ml CADA, CHEIOS DE VODKA.(Novo na Caixa).")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35388", "362")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35388", "Diversas churrasqueiras elétricas e Peças.")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35467", "363")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35467", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35389", "364")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35389", "27 peças  de Lingerie da marca Valisere (18 sutiãs e 09 calcinhas). (Novo) sem uso.")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>340,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35690", "365")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35690", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (11,0 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35377", "366")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35377", "02 UNIDADES DE TAPETE PARA SALA L AMOUR MING 80 LINHAS, COR SALMÃO E MARROM, NOVO ( SEM USO). ( T-01)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35704", "367")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35704", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (4 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>230,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35376", "368")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35376", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE E MARROM,  NOVO ( SEM USO). ( T-02)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35468", "369")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35468", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35379", "370")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35379", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E MARROM,  NOVO ( SEM USO). ( T-04)")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35443", "371")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35443", " 30 GARRAFAS DE VINHOS, TINTO SUAVE, TINTO SECO, BRANCO SUAVE, BRANCO SECO E ROSADO, SAFRA DELVIGO LEGÍTIMO, DE SANTA CATARINA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35378", "372")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35378", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR AMARELA E AZUL,  NOVO ( SEM USO). ( T-05)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35449", "373")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35449", " 30 GARRAFAS DE VINHO TINTO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35398", "374")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35398", " LOTE CONTENDO 04 EQUIPAMENTOS, SENDO 02 Alicate Digital Amperímetro Minipa (Et-3920 e Et-3810), 01 Multímetro Digital Fluke E 01 Termômetro Infravermelho Com Mira Laser Mt-350")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35450", "375")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35450", " 30 GARRAFAS DE VINHO TINTO SECO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35399", "376")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35399", " LOTE C/ 12 MEDIDORES TERMÔMETRO / TEMPERATURA.")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35447", "377")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35447", " 30 GARRAFAS DE VINHO BRANCO SUAVE. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35400", "378")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35400", " LOTE C/ 04 EQUIPAMENTOS, SENDO: 01 Luximetro Digital Portátil - LD-300 Instrutherm, 01 Medidor de Oxigênio Maxtec, 01 Alicate Amperímetro Digital ET-3920 Minipa e 01 Alicate Amperímetro Digital Fluke 336")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35469", "379")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35469", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (6 LITROS), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35401", "380")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35401", "LOTE C/ APROX. 400 MEDALHAS DE METAL E BRONZE, VÁRIOS TAMANHOS E MODELOS,  C/ APROX. 30 QUILOS. (SEM USO)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35448", "381")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35448", " 30 GARRAFAS DE VINHO ROSADO. SAFRA DELVIGO. LEGÍTIMO DE SANTA CATARINA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35402", "382")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35402", " 02 ADEGAS DE MADEIRA PARA GARRAFAS DE VINHOS")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35452", "383")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35452", "LOTE COM 30 GARRAFAS DE VINHO TINTO SECO.")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35403", "384")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35403", "LOTE COM: 01 Medidor de Oxigênio Externo Maxtec, 01 Termo-Higrômetro Digital Temperatura Interna/ Externa Minipa MT-241 e 02 GasAlertMicroClip (detector de gases)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35451", "385")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35451", "LOTE COM 30 GARRAFAS DE VINHO TINTO SUAVE.")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35404", "386")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35404", " 01- APARELHO Mi5500 Megôhmetro Megabras")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35453", "387")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35453", "10 GARRAFÕES DE VINHO TINTO SUAVE. 02 LITROS CADA..")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35381", "388")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35381", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR BEGE, NOVO ( SEM USO). ( T-06).")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35466", "389")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35466", "10 UNIDADES DE CANTIL EM INOX, 240ml CADA, CHEIOS DE VODKA.(Novo na Caixa).")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35386", "390")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35386", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E AZUL, NOVO ( SEM USO). ( T-07).")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35454", "391")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35454", "10 GARRAFÕES DE VINHO TINTO SECO. 02 LITROS CADA..")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35387", "392")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35387", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR SALMÃO E BEGE, NOVO ( SEM USO). ( T-08).")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35455", "393")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35455", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35383", "394")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35383", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, COR VERDE E BEGE, NOVO ( SEM USO). ( T-09).")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35460", "395")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35460", "30 GARRAFAS DE CACHAÇA BLEND AMADEIRADA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35382", "396")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35382", " 02 UNIDADES DE TAPETE  PARA SALA L AMOUR  MING 80 LINHAS, SALMÃO E BEGE, NOVO ( SEM USO). ( T-10).")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35461", "397")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35461", "30 GARRAFAS DE CACHAÇA BLUE")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36285", "398")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36285", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35462", "399")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35462", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35411", "400")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35411", " LOTE C/ 08 GIROFLEX EM LED PARA VEÍCULOS DE SEGURANÇA PATRIMONIAL , (MARCA GIROLED).")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35471", "401")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35471", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35412", "402")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35412", " LOTE C/ 08 EQUIPAMENTOS DE SEGURANÇA EM ALTURAS E DE SALVAMENTOS.")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35470", "403")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35470", "04 QUILOS DE SEMENTE DE UMBURANA/ AMBURANA, UTILIZADA EM ENVELHECIMENTO DE CACHAÇA OU PARA PLANTIOS, SUA MADEIRA É NOBRE , UTILIZADA NA FABRICAÇÃO DE BARRIL/ DORNAS PARA ARMAZENAMENTO DE CACHAÇA OU ENVELHECIMENTO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35413", "404")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35413", "04 GELADEIRAS DUPLEX (01- MARCA CONSUL E 03- MARCA DAKO)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35472", "405")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35472", " LOTE C/ 50 GARRAFAS DE CACHAÇA PRATA. 720ml CADA, ENVELHECIDAS NO BARRIL DE MADEIRA")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35418", "406")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35418", " CLIMATIZADOR EVAPORATIVO PORTÁTIL MARCA JOAPE. (EM FUNCIONAMENTO).")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35665", "407")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35665", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE CARVALHO, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35664", "408")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35664", " 30 GARRAFAS DE CACHAÇA AMARELINHA DE ALAMBIQUE, ARMAZENADAS E ENVELHECIDAS EM BARRIL DE UMBURANA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35667", "409")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35667", " 30 GARRAFAS DE CACHAÇA PRATA DE ALAMBIQUE, ENVELHECIDAS NO BARRIL DE MADEIRA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35659", "410")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35659", "30 GARRAFAS DE CACHAÇA SABOR LIMÃO, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35668", "411")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35668", "30 GARRAFAS DE CACHAÇA CANELINHA OURO - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35675", "412")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35675", "LOTE COM: 30 GARRAFAS DE CACHAÇA DE BANANA.")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35666", "413")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35666", "30 GARRAFAS DE CACHAÇA COQUINHO - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35661", "414")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35661", "30 GARRAFAS DE CACHAÇA SABOR GUARANÁ, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35660", "415")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35660", "30 GARRAFAS DE CACHAÇA SABOR PEQUI, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35663", "416")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35663", " 30 GARRAFAS DE CACHAÇA CANELINHA MEL - 700ml CADA GARRAF")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35669", "417")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35669", "30 GARRAFAS DE CACHAÇA COQUINHO MEL - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35662", "418")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35662", "30 GARRAFAS DE CACHAÇA AMARULA MEL - 700ml CADA GARRAFA")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35671", "419")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35671", " 30 GARRAFAS DE CACHAÇA SABOR BLEND, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35670", "420")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35670", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35658", "421")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35658", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35681", "422")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35681", "03 Garrafas de Bebidas, Sendo 01 Licor Amarula, 01 Vinho Cabernet Reserva Especial Salton Classic e 01 Vinho Bruta Safra de 2013.")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35680", "423")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35680", "03 - Garrafas de Tequila José Cuervo.")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>130,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35676", "424")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35676", "LOTE COM: 30 GARRAFAS DE CACHAÇA SABOR JABUTICABA.")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35683", "425")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35683", " 30 GARRAFAS DE CACHAÇA SABOR UMBURANA MEL, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35684", "426")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35684", "30 GARRAFAS DE CACHAÇA SABOR COQUINHO COM MEL")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35685", "427")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35685", "30 GARRAFAS DE CACHAÇA SABOR AMARULA")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35672", "428")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35672", " 30 GARRAFAS, SENDO: 10 DE LICOR DE COQUINHO MEL, 10 DE COQUETEL DE PÊSSEGO E 10 DE COQUETEL DE MARACUJÁ.")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35677", "429")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35677", "30 GARRAFAS DE CACHAÇA BLEND AMADEIRADA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35678", "430")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35678", "30 GARRAFAS DE CACHAÇA BLUE")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35679", "431")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35679", "30 GARRAFAS DE CACHAÇA SABOR AMARULA, 700ml CADA GARRAFA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35682", "432")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35682", "30 GARRAFAS DE CACHAÇA DE CARVALHO 720ml CADA GARRAFA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36269", "433")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36269", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35687", "434")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35687", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35686", "435")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35686", "30 GARRAFAS DE VODKA 96, 1000ml CADA GARRAFA")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35707", "436")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35707", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (1,5 LITRO), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35706", "437")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35706", " 01 BARRIL DE CARVALHO ARTESANAL CAPACIDADE (1,5 LITRO), CHEIO DE CACHAÇA ARTESANAL AMARELINHA ENVELHECIDA NO BARRIL DE CARVALHO")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36270", "438")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36270", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36278", "439")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36278", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36276", "440")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36276", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35710", "441")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35710", "Lote contendo: 01 Multímetro Digital Minipa ET-2702, 01 Luxímetro Digital Portátil Instrutherm LD-300, 01 Medidor de Distância a Laser Bosch DLE 40 e 01 Detector de Metais Bosch DMO 10")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35711", "442")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35711", " 02- CELULARES IPHONE 5S. FUNCIONANDO")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36271", "443")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36271", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36272", "444")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36272", "30 GARRAFAS DE CACHAÇA CARVALHO OURO")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36273", "445")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36273", "30 GARRAFAS DE CACHAÇA PRATA DA ROÇA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36274", "446")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36274", "30 GARRAFAS DE CACHAÇA COQUETEL GREEN HORTELÃ C/ ANIS")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36279", "447")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36279", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36284", "448")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36284", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36286", "449")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36286", "03 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36281", "450")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36281", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36282", "451")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36282", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA AMARELINHA ENVELHECIDA EM BARRIL DE MADEIRA DE CARVALHO")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36288", "452")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36288", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36287", "453")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36287", "10 GARRAFÕES DE 4,5 LITROS CADA DE CACHAÇA PRATA ENVELHECIDA EM BARRIL DE MADEIRA")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36293", "454")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36293", " LOTE C/ 05 UNIDADES DE COLCHÕES DE SOLTEIRO E 05 UNIDADES DE TRAVESSEIROS . (SEM USO).")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36294", "455")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36294", " LOTE C/ 05 UNIDADES DE COLCHÕES DE SOLTEIRO E 05 UNIDADES DE TRAVESSEIROS . (SEM USO).")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36295", "456")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36295", " LOTE C/ 05 UNIDADES DE COLCHÕES DE SOLTEIRO E 05 UNIDADES DE TRAVESSEIROS . (SEM USO).")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36615", "457")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36615", "LOTE C/ CENTENAS DE PEÇAS DE MOTOCICLETAS; SENDO: ESCAPAMENTOS  ORIGINAIS E ESPORTIVO, TANQUE DE COMBUSTÍVEL P/ MOTOCICLETA DE 250cc,   BAGAGEIROS, BANCOS, SUPORTES , ACESSÓRIOS E OUTROS. [ VEJA O VÍDEO ]")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>