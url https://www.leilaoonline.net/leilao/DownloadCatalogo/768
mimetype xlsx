--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35693", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35693", " FLANGE METÁLICA DE 2.000KG - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35692", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35692", " FLANGE METÁLICA DE 1.300KG - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>780,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35699", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35699", " AGITADOR MISTURADOR ELÉTRICO PARA ARGAMASSA HANY MOD 226-AA - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35702", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35702", " HAMMER - COROA -  PÁS - CABEÇA - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35703", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35703", " CAÇAMBA DE ARRASTE PARA GUINDASTES - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35701", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35701", " CAÇAMBA DE ARRASTE PARA GUINDASTES - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35694", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35694", " CAÇAMBA DE ARRASTE PARA GUINDASTES  (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.020,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35697", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35697", " CAÇAMBA PARA DRAGLINE - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35698", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35698", " CAÇAMBA PARA DRAGLINE - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35700", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35700", " CAÇAMBA PARA DRAGLINE - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35695", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35695", " CAÇAMBA K-GP DE 1,7M3 PARA ESCAVADEIRA - (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...95 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35696", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35696", " PÓRTICO ELÉTRICO C/ TODOS OS MOTORES ELÉTRICOS, GUINCHOS ORIGINAIS CONTROLES ELÉTRICOS -  (veja descritivo abaixo)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>