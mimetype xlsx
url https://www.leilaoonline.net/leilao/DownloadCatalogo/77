--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5185", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5185", "Ventiladores, válvulas, alicates, controladores de temp, gab. de solda, manômetros, multímetros, níveis de alumínio, pastilhas sensora, sequencimetros, termômetros, vacuômetros, etiquetadora para cabo elétrico")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5188", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5188", " Aproximadamente 8 fogões 4 bocas, 2 bebedouros elétrico, 3 tanquinho.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5184", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5184", " Aproximadamente 4 geladeiras, 2 ar condicionado, 20 cama de solteiro, 6 armários de cozinha.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5186", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5186", "  Aproximadamente 7 geladeiras, 11 sofás diversos.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5189", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5189", " Aproximadamente 4 geladeiras, 3 tanquinhos.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5187", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5187", "  Aproximadamente 4 geladeiras, 3 tanquinhos.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5190", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5190", "  Consumíveis de solda diversos.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5192", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5192", " Aproximadamente 17 furadeiras diversas,50 acoplador para canaleta, 15 lanternas diversas, 19 reatores elétrico, 4 relés fotoelétrico, 28 luminária diversas, corrente metálica diversos tamanhos, diversas manilhas. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5194", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5194", "  Aproximadamente 10 impressoras diversas, 20 monitores 18,5”, 16 nobreak diversos, 37 roteadores, 19 servidores HP, 6 mouse, 4 estabilizadores, 12 baterias para notebooks,4 unidade de backup, diversos cabos de rede.   ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>13.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5191", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5191", " Aproximadamente 11 escadas de diversos tamanhos e modelos.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...254 lines deleted...]
-      </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5193", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5193", " Empilhadeira a Gás GLP Hyster H50FT")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>