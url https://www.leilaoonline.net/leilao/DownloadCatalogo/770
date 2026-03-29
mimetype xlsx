--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36256", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36256", "CAMINHÃO VOLVO FM440 6X4T 2007.(FUNCIONANDO) PL.:DXA-7511. CH. 9BVAS02D37E732998. RENAVAM: 00918890411")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36257", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36257", "CAMINHÃO VOLVO FM440 2007. (FUNCIONANDO) PL.: DXA-7132. CHASSI: 9BVAS02D27E731860 RENAVAM: 00912263989")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35741", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35741", " Lote com: 504 Garrafas de Absinto Hapsburg 53,5° (84caixas) ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35736", "102")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35736", " Lote com: 498 Garrafas de Absinto Hapsburg 53,5° (83 caixas) ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35737", "201")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35737", "Lote com: Apróx.: 23,11 ton aço 100cr6 - GERDAU - Bitola 42,86 em barra.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35738", "301")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35738", "LOTE COM: 35 Esteiras de elevação para sacaria  (sendo 28 esteiras de 10 a 13 metros e 7 esteiras  de 4 metros.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35739", "302")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35739", "GUINCHO CANARINHO- motor Opala gasolina ( funcionando)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35742", "401")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35742", "Caminhão ford cargo 1415 ano 89/90 motor x 10 mwm cadastrado PL.: CRH-7366 RENAVAM: 00425596494 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35743", "402")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35743", "VW GOL SPECIAL 2001 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35740", "403")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35740", "GM BLAZER ADVANTAGE 2.4 2008/2009 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35745", "404")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35745", "GM BLAZER 2004/2005 (FUNCIONANDO)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35746", "405")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35746", "FORD F-250 XL 2001")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37031", "501")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37031", "LOTE C/ CENTENAS DE PEÇAS DE MOTOCICLETAS; SENDO: ESCAPAMENTOS  ORIGINAIS E ESPORTIVO, TANQUE DE COMBUSTÍVEL P/ MOTOCICLETA DE 250cc,   BAGAGEIROS, BANCOS, SUPORTES , ACESSÓRIOS E OUTROS. [ VEJA O VÍDEO ]")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37032", "502")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37032", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37033", "503")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37033", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37063", "504")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37063", " LOTE C/ APROX. 100 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37061", "505")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37061", " LOTE C/ APROX. 1.000 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37060", "506")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37060", " LOTE C/ APROX. 1.000 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37034", "507")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37034", " LOTE C/ APROX. 1.000 UNIDADES DE SPINNER, VÁRIAS CORES E MODELOS, (SEM USO, NA CAIXA).")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37498", "508")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37498", "Roçadeira Yamasaki a gasolina. Pouco tempo de uso. Em Funcionamento.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37499", "509")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37499", "MOTO SERRA. Marca STIHL. Mod. MS 170. Pouco uso. Em funcionamento.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...371 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...254 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37500", "510")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37500", "LOTE C/ APROX. 92 PALANQUES DE CONCRETO E FERRO ESTRIVADO, MEDINDO 2,50 DE ALTURA. FERRO 5X16 COM ESTRIVO A CADA 15 CM")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>