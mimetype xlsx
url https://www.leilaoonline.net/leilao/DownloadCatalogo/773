--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,5787 +269,5067 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35840", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35840", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 5000 LITROS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35844", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35844", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 5000 LITROS ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35842", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35842", " REATOR COM PARTE INTERNA EM AÇO INOX, COM APROXIMADAMENTE 700 LITROS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35843", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35843", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 10.000 LITROS ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35841", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35841", " TANQUE EM AÇO INOX COM SISTEMA DE AQUECIMENTO 1/2" CANA COM APROXIMADAMENTE 4000 LITROS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35850", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35850", " LOTE CONTENDO 2 CALDEIRAS ELÉTRICAS MARCA ATA, C/PAINEL ELÉTRICO ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35847", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35847", " TANQUE EM AÇO INOX , ENCAMISADO , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35858", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35858", " TANQUE EM AÇO INOX , ENCAMISADO , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35852", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35852", " REATOR EM AÇO INOX, 1/2" CANA , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35859", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35859", " TANQUE EM AÇO INOX, COM MISTURADOR COM APROXIMADAMENTE 300 LITROS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35851", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35851", " TANQUE EM AÇO INOX COM AQUECIMENTO 1/2" CANA , COM APROXIMADAMENTE 1800 LITROS ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35860", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35860", " TANQUE AM AÇO INOX COM SERPENTINA INTERNA COM APROXIMADAMENTE 2460 LITROS , 5 KG DE PRESSÃO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35846", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35846", " TANQUE EM AÇO INOX, COM MISTURADOR  E SERPENTINA INTERNA COM APROXIMADAMENTE 2500 LITROS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35865", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35865", " TANQUE EM AÇO INOX , COM APROXIMADAMENTE 8000 LITROS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35853", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35853", " TANQUE EM AÇO INOX COM AQUECIMENTO 1/2" CANA , COM APROXIMADAMENTE 3000 LITROS ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35854", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35854", " TANQUE EM AÇO INOX , ENCAMISADO , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35861", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35861", " MISTURADOR EM AÇO INOX , TIPO V, COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35849", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35849", " TANQUE EM AÇO INOX , COM MISTURADOR  COM APROXIMADAMENTE 2300 LITROS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35855", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35855", " TANQUE EM AÇO INOX , COM APROXIMADAMENTE 1150 LITROS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35845", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35845", " TANQUE EM AÇO INOX , COM APROXIMADAMENTE 1170 LITROS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35863", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35863", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 3200 LITROS")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35848", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35848", " CICLONE EM AÇO INOX, COM APROXIMADAMENTE 6000 LITROS")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35864", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35864", " MISTURADOR EM AÇO INOX, COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35857", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35857", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35862", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35862", " TROCADOR DE CALOR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35856", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35856", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35866", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35866", " TANQUE EM AÇO INOX , COM MISTURADOR  COM APROXIMADAMENTE 200 LITROS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35867", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35867", " TANQUE EM AÇO INOX , COM MISTURADOR  COM APROXIMADAMENTE 1200 LITROS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35869", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35869", " TANQUE EM AÇO INOX , COM 2  MISTURADORES,   COM APROXIMADAMENTE 200 LITROS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35868", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35868", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 3200 LITROS ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35871", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35871", " LOTE COMPOSTO DE 4 TANQUES EM AÇO INOX DE APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35872", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35872", " LOTE COMPOSTO DE 4 TANQUES EM AÇO INOX DE APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35873", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35873", " LOTE COMPOSTO DE 4 TANQUES EM AÇO INOX DE APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35870", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35870", " LOTE COMPOSTO DE 4 TANQUES EM AÇO INOX DE APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35883", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35883", " LOTE COMPOSTO DE 4 TANQUES EM AÇO INOX DE APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35874", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35874", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35878", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35878", " AUTOCLAVE EM AÇO INOX")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35889", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35889", " TANQUE EM AÇO INOX, COM CAMISA , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35880", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35880", " TANQUE EM AÇO INOX, COM A APROXIMADAMENTE 10000 LITROS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35886", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35886", " TROCADOR DE CALOR COM 20 M2 DE AREA DE TROCA TERMICA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35895", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35895", " DESTILADOR EM AÇO INOX COM APROXIMADAMENTE 100 LITROS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35894", "045")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35894", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35875", "046")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35875", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 1800 LITROS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35891", "047")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35891", " TROCADOR DE CALOR COM 20 M2 DE AREA DE TROCA TERMICA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35879", "048")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35879", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 100 LITROS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35896", "049")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35896", " MISTURADOR HORIZONTAL COM 2 ROSCA EM AÇO INOX")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35884", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35884", " REATOR EM AÇO INOX, 1/2" CANA , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35902", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35902", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35876", "052")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35876", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35892", "053")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35892", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35882", "054")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35882", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35899", "055")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35899", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35900", "057")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35900", " TANQUE HORIZONTAL EM AÇO INOX, SOBRE CHASSI 5500 LITROS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35887", "058")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35887", " MISTURADOR EM AÇO INOX , TAMBOREADOR COM APROXIMADAMENTE 100 LITROS")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35890", "059")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35890", " MISTURADOR EM AÇO INOX , PARA MASSA ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35888", "060")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35888", " TANQUE EM AÇO INOX ,  COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35898", "061")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35898", " AUTOCLAVE EM AÇO INOX, VERTICAL COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35877", "062")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35877", " 2 TANQUES EM AÇO INOX DE APROXIMADAMENTE 200 LITROS")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35904", "063")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35904", " TANQUE EM AÇO INOX , COM  APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35881", "064")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35881", " VASO EM AÇO INOX, COM APROXIMADAMENTE 1010 LITROS")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35907", "065")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35907", " TANQUE EM AÇO INOX, COM MISTURADOR,  COM APROXIMADAMENTE 250 LITROS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35901", "067")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35901", " DESTILADOR EM AÇO INOX COM APROXIMADAMENTE 200 LITROS")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35885", "068")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35885", " VASO DE PRESSÃO , EM AÇO CARBONO COM APROXIMADAMENTE 14000 LITROS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35897", "069")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35897", " REATOR EM AÇO INOX , COM APROXIMADAMETE 5000 LITROS")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35908", "070")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35908", " TANQUE EM AÇO INOX, COM CAMISA EXTERNA AÇO CARBONO , COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35910", "072")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35910", " TANQUE EM AÇO INOX ,  COM APROXIMADAMENTE 900 LITROS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35909", "073")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35909", " FILTRO DE AÇO INOX, GRANDE PORTE ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35893", "074")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35893", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 300 LITROS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35906", "075")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35906", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35931", "076")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35931", " MOINHO PARA ALIMENTO KUSTNER")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35912", "077")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35912", " TANQUE DE COMPRESSOR  DE AR BARIONKAR (FALTA CABEÇOTE DO COMPRESSOR), COM MOTOR DEACIONAMENTO A DIESEL ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35926", "078")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35926", " MAQUINA DE SOLDA BAMBOZZI, ACIONADA POR MOTOR DIESEL YANMAAR NSB 18")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35914", "079")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35914", " TORNO REVÓLVER APEKA, MODELO TR 388")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35936", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35936", " FURADEIRA HORIZONTAL BREVET, C/ ACIONAMENTO HIDRÁULICO C/ 4 MANDRIS ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35905", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35905", " BANCADA DE MONTAGEM DE DISPOSITIVO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35939", "082")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35939", " PAINEL ELÉTRICO DE CONTROLE")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35913", "083")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35913", " CABOS DE COMANDO DIVERSOS, PARA VEÍCULOS/MÁQUINAS/CAMINHÕES/TRATORES ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35938", "084")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35938", " PEÇAS AUTOMOTIVAS DIVERSAS")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35944", "086")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35944", " 16 BOBINAS DE MANGUEIRAS DE AÇO REVESTIDAS. PARA UTILIZAÇÃO EM CABOS DE COMANDO")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35945", "088")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35945", " PEÇAS AUTOMOTIVAS DE DIVERSOS MODELOS. OBS.: CAIXAS PLÁSTICAS NÃO ESTÃO INCLUSAS NO LOTE")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35925", "089")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35925", " TONNERS PARA COPIADORAS DIVERSOS")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35927", "091")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35927", " FURADEIRA MARINARO, P/ VIDRO OU GRANITO, C/ BRAÇO DE FIXAÇÃO ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35937", "093")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35937", " 6 MOTORES WEG, POT.: 20 CV")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35953", "096")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35953", " 2 REATORES MDG 250, ANO: 1990, CAP. 250 L")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35940", "097")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35940", " TANQUE EM INOX, DIM. 1200 X 950 MM")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35951", "098")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35951", " TANQUE EM INOX, DIM. 1600 X 1100 MM")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35941", "099")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35941", " MISTURADOR EM INOX, DIM. 1700 X 1000 MM")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35952", "100")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35952", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35942", "101")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35942", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35943", "102")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35943", " TROCADOR DE CALOR (PASTEURIZADOR) APV HXBR")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35954", "105")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35954", " 2 VENTOINHAS POLLRICH")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35946", "106")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35946", " BOMBA VERDEFLEX")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35966", "107")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35966", " FILTRO EM AÇO INOX")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35963", "109")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35963", " 4 CENTRÍFUGAS C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F104" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35965", "111")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35965", " MOTOR ELÉTRICO WEG POT. 200CV")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>3.100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35950", "112")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35950", "[ RETIRADO ] FURADEIRA RADIAL P/ MADEIRA CARDOZO C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35967", "113")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35967", " 7 MOTORES ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35947", "114")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35947", " MOTORES, REDUTORES, BOMBAS, VÁLVULAS (10 PEÇAS)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35964", "115")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35964", " 2 BOMBAS P/ ÓLEO C/ MOTOR MONOFÁSICO WEG")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35949", "116")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35949", " 1 ESTANTE EM INOX E 1 ESTEIRA EM INOX")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35948", "119")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35948", " ALIMENTADORA ROTATIVA C/ MOTORREDUTOR SEW")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35955", "121")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35955", " BANCADA DE MONTAGEM, C/ FURADEIRA, MOTORES E CILINDROS")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35956", "123")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35956", " 1 MOTOBOMBA C/ MOTOR WEG POT 15 CV, 1500 RPM, 1 MOTOBOMBA C/ MOTOR WEG POT. 5 CV, 1500 RPM E 1 MOTOBOMBA S/ ESPECIFICAÇÕES")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35968", "124")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35968", " 2 PALETEIRAS ZELOSO PE 1000")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35957", "125")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35957", " 2 BOMBAS BOMAX C/ MOTOR ELÉTRICO WEG POT. 1 E 3 CV")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35969", "126")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35969", " TAMBOREADOR EM INOX C/ MOTORREDUTOR SEW")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35960", "127")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35960", " MÁQUINA DE CORTE E VINCO (SUCATA) HILGELAND CVH 450 C/ MOTORREDUTOR")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35970", "128")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35970", " LAVADORA EM FIBRA, DIM. 2900 X 700 MM, C/ 4 COMPARTIMENTOS, PAINEL E MOTOBOMBAS")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35959", "129")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35959", " PENEIRA VIBRATÓRIA C/ MOTOR")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35903", "130")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35903", " BALANÇA CAP. 20 T, C/ ETIQUETADORA")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35958", "131")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35958", " SERRA CIRCULAR C/ MOTOR ELÉTRICO WEG")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35911", "132")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35911", " 10 RACKS")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35928", "133")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35928", " DESBOBINADOR SLEEPER E SHARTLEY")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35929", "135")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35929", " PAINÉIS ELÉTRICOS DIVERSOS C/ COMPONENTES")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35916", "136")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35916", " 2 VÁLVULAS ROTATIVAS, SENDO 1 EM INOX E UMA EM AÇO, C/ MOTORREDUTOR")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35915", "138")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35915", "[ RETIRADO ] CONJUNTO DE GALVANOPLASTIA CONTENDO: 8 TANQUES EM FIBRA, 3 TANQUES EM PVC, 1 TANQUE EM INOX, PAINÉIS, 2 RETIFICADORES, 2 TAMBOREADORES E 1 FILTRO C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35961", "140")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35961", " LAVADORA DE PEÇAS EM INOX COMPLETA")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35919", "141")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35919", " TRANSFORMADOR A SECO POT. 35 KVA E 4 PAINÉIS C/ COMPONENTES")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35962", "142")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35962", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35918", "143")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35918", " MOINHOS DE FACAS C/ MOTOR ELÉTRICO WEG POT. 5 CV")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35932", "144")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35932", " 2 ESTUFAS C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35921", "145")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35921", " 2 FURADEIRAS DE BANCADA DAUER")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35917", "146")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35917", " RODAPÉS DIVERSOS (APROX. 3000 KG)")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35933", "150")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35933", " PALETEIRA ZELOSO PE 1000, CAP. 1000 KG")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35930", "151")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35930", " [ RETIRADO ] 22 MESAS TOMBERLIN, 48 CADEIRAS E 3 CARRINHOS DE CARREGAMENTO")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35935", "152")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35935", " 2 ESTABILIZADORES EVA 1000")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35924", "153")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35924", " 3 TORRES DE ILUMINAÇÃO")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35922", "155")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35922", "[ RETIRADO ] FIAT FIORINO FLEX. ANO 2007/08")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35923", "157")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35923", " VENTOINHA COM FILTRO")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35934", "158")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35934", " BICICLETA A MOTOR (CINZA)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35920", "159")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35920", " BICICLETA A MOTOR (VERMELHA)")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36526", "160")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36526", " TALHA MANUAL. 15.000kg")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36524", "161")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36524", " 3 AR CONDICIONADOS")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35973", "162")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35973", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35972", "163")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35972", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35971", "164")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35971", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35974", "166")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35974", " 35 auto transformadores. Diversas potências")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35977", "167")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35977", " 40 auto transformadores. Diversas potências")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35975", "168")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35975", " 37 chaves de acionamento de motores elétricos")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35976", "169")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35976", " 50 disjuntores elétricos.  Diversas capacidades")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35978", "170")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35978", " 38 contatores. Diversas potências")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35979", "171")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/35979", "Geladeira Inox")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36521", "172")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36521", " 3 VÁLVULAS")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36520", "173")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36520", " 1 REDUTOR")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36525", "174")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36525", " Peneira vibratória eletromagnetica")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36522", "175")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36522", " SOPRADOR")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36527", "176")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36527", " 3 BOMBAS")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36523", "177")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36523", " SOPRADOR")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36528", "178")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36528", " SOPRADOR")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36529", "179")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36529", " 5 rodas aro 15". Em ótimo estado. 5 furos. Diamantada.  Serve em Cherokee/ Ranger ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36530", "180")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36530", " Câmbio de carro 4x4 antigo")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36532", "181")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36532", " FILTRO")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36533", "182")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36533", " DURÔMETRO")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36531", "183")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36531", " 5 PROTOLADORES")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36534", "184")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36534", " SOPRADOR")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36538", "185")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36538", " Misturador hidráulico para laboratório")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36536", "186")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36536", " Máquina de costurar com esteira. Para costurar sacos")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36539", "187")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36539", " Máquina de costurar com esteira. Para costurar sacos")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36535", "188")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36535", " Máquina de costurar com esteira. Para costurar sacos")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36537", "189")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36537", " FUNIL ALIMENTADOR EM AÇO INOX")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36619", "190")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36619", " 3 prateleiras de montagem")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36621", "191")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36621", " 2 exaustores")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36626", "192")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36626", " 3 carrinhos para tambor")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36622", "193")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36622", " ESTUFA")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36625", "194")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36625", " 8 peças motores redutor e filtro prensa")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36618", "195")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36618", " 1 troller para ponte")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36623", "196")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36623", " Lavadora de alta pressão Wap")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36624", "197")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36624", " 4 CARRINHOS")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36616", "198")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36616", " CHAVE ELÉTRICA")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36620", "199")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36620", " 2 ARREBITADEIRAS")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36617", "200")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36617", " FILTRO PRENSA")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36627", "201")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36627", " CABINE PARA GERADOR")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36862", "202")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36862", "Aprox. 300 UNIDADES DE ARTEFATOS DE CONCRETO. (consultar especificações) SEM USO")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...746 lines deleted...]
-      <c r="C40" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37076", "203")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37076", "Aprox. 1.600 dormentes de madeira")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D40" s="4" t="inlineStr">
-[...329 lines deleted...]
-      <c r="F50" s="4" t="inlineStr">
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37077", "204")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37077", "Motogerador a gasolina modelo mg 950 marca motomil")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37078", "205")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37078", "Coifa/ Depurador de ar. Marca cata")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37079", "206")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37079", "Lote de materiais elétricos diversos")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37117", "207")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37117", "12 peças de rebolo diamantado. Sem uso")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37118", "208")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37118", "Moinho para tinta. Motor 15 CV")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-[...4446 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37748", "209")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37748", "Lote com 13 pneus. Medida 295/80-22,5")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>