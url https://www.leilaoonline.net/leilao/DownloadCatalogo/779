--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -269,2267 +269,1987 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36630", "24202")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36630", " VW/GOL 1.0 GIV  FLEX 2010/2011 - Frota 3016 - Loc.: Tapejara/ PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36631", "24203")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36631", "FIAT/STRADA WORKING , ANO 2013 - Frota 18134 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36632", "24204")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36632", "VW/GOL 1.0 GIV, ANO/MOD 2010/2011 - Frota 4083 - Loc.: Tapejara/ PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36633", "24205")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36633", "VW/NOVO GOL 1.0, FLEX, ANO 2014 - Frota 4035 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36636", "24208")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36636", "FIAT/STRADA WORKING, ANO 2014 - Frota 4016 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36637", "24209")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36637", "CHEVROLET/S10 LS FS2 - S10 2.4L FLEX 4x2 CS 2012/2013 - Frota 4100 - Loc. Tapejara/ PR ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>26.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36638", "24210")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36638", "FIAT/STRADA FIRE, FLEX, ANO 2012 - Frota 3037 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36640", "24212")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36640", "VW/GOL 1.6 POWER, FLEX, ANO/MOD 2010/2011 - Frota 3008 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36641", "24213")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36641", "VW/NOVO GOL 1.0, FLEX, ANO 2014 - Frota 4023 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36644", "24214")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36644", "FIAT/STRADA FIRE, FLEX, ANO/MOD 2011/2012 - Frota 3015 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36645", "24215")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36645", "VW/GOL 1.0, Flex ANO/MOD 2010/2011 - Frota 18028 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36647", "24217")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36647", "GM/S10 ADVANTAGE S  4x2 CS, FLEX, ANO/MOD 2010/2011 - Frota 4089 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36649", "24219")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36649", "CHEVROLET/S10 LS FS2  2.4L 4x2 CS, FLEX, ANO/MOD 2012/2013 - Frota 4103 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36650", "24220")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36650", "CHEVROLET/S10 LS FS2 2.4L 4x2 CS, FLEX, ANO/MOD 2012/2013 - Frota 4101 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36651", "24221")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36651", "FIAT/STRADA WORKING, FLEX, ANO 2013 - Frota 18132 - Loc. Tapejara/PR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36652", "24222")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36652", "FIAT/DOBLO JAEDI  AMBULÂNCIA, FLEX, ANO/MOD 2010/2011 - Frota 4090 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36654", "24224")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36654", "Fiat Strada 2014/2014 - Frota 19291 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36657", "24228")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36657", "FIAT/PALIO ELX, FLEX, ANO 2008 - Frota 18018 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36658", "24229")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36658", "VW/GOL 1.0 TITAN GIV, FLEX. ANO 2011 - Frota 3009 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36659", "24232")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36659", "I/FORD RANGER XLT 13P C. DUPLA, DIESEL, ANO 2011 - Frota 3042 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>31.750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36660", "24233")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36660", "Fiat Strada 2014/2014 - Frota 19266 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36661", "24234")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36661", " Fiat Strada 2014/2014 - Frota 19273 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36662", "24235")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36662", "Fiat Strada 2013/2013 - Frota 18137 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36663", "24237")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36663", "VW Gol 1.0 Flex 2014/2014 - Frota 4022 - Loc. Tapejara/ PR ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36664", "24238")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36664", "Fiat Strada 2013/2013 - Frota 4106 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36665", "24239")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36665", "Fiat Strada 2014/2014 - Frota 4017 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36667", "24241")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36667", " Fiat Strada 2012/2012 - Frota 4024 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36668", "24242")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36668", "VW Kombi 1.4 Flex 2010/2011 - Frota 4092 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36669", "24243")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36669", " VW Gol 1.0 Flex 2008/2009 - Frota 18142 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36670", "24244")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36670", "VW Kombi 1.4 Flex 2011/2012 - Frota 3051 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36671", "24245")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36671", "Fiat Strada 2013/2013 - Frota 18139 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36672", "24246")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36672", "Fiat Strada 2012/2012 - Frota 18149 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36673", "24247")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36673", "VW Parati 2008/2009 - Frota 7902 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36752", "24249")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36752", "VW GOL 1.6 CITY 2013/2013 - Frota 3003 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36753", "24252")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36753", "VW Kombi 1.4 Flex 2010/2010 - Frota 4074 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36754", "24253")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36754", "VW Gol 1.0 Flex 2010/2011 - Frota 3023 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36780", "24254")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36780", "VW Gol 2010/2011 - Frota 4082 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36808", "24255")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36808", "GM S10 2.4S Álcool 4 x 4 CD 2010/2011 - Frota 4076 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>24.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36809", "24256")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36809", "Fiat Strada 2014/2014 - Frota 19267 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36810", "24257")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36810", "Fiat Strada 2013/2013 - Frota 3043 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36811", "24258")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36811", "Fiat Strada 2013/2013 - Frota 18133 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36812", "24259")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36812", "Fiat Doblo 2010/2011 - Frota 3057 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36813", "24261")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36813", "VW Gol 2012/2012 - Frota 4095 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36814", "24262")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36814", " Fiat Strada 2013/2013 - Frota 18124 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36815", "24263")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36815", "VW Kombi 1.4 Flex 2013/2014 - Frota 3069 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36816", "24264")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36816", "GM S10 Advantage D FLEX 4x2 CD 2006/2006 - Frota 3055 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36817", "24265")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36817", "VW Kombi 1.4 Flex 2013/2014 - Frota 3067 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36818", "24267")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36818", "VW Kombi 1.4 Flex 2010/2011 - Frota 3053 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36819", "24268")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36819", "VW Kombi 1.4 Flex 2013/2014 - Frota 3066 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36820", "24270")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36820", "VW Kombi 1.4 Flex 2013/2014 - Frota 3071 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36821", "24271")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36821", "Fiat Strada 2013/2013 - Frota 3049 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36822", "24272")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36822", "VW GOL 1.6 CITY 2013/2013 - Frota 3047 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36823", "24274")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36823", "GM S10 2.4L FLEX 4x2 CS 2012/2013 - Frota 18014 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36824", "24275")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36824", "VW Saveiro 2018/2019 - Frota 18151 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36825", "24276")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36825", "VW Kombi 1.4 Flex 2013/2014 - Frota 3070 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36826", "24279")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36826", "VW Gol 2011/2011 - Frota 18019 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36827", "24283")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36827", "Ford Ranger XLS 12A - C SIMPLES 2006/2006 - Frota 3044 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36828", "24288")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36828", "VW Gol 1.6 Power 2010/2011 - Frota 3021 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36829", "24289")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36829", "Fiat Strada 2013/2013 - Frota 4015 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36830", "24290")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36830", "VW Gol 1.0 Flex 2014/2014 - Frota 19284 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36831", "24291")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36831", "VW Gol 1.0 Flex 2014/2014 - Frota 19285 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36832", "24294")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36832", "VW Gol 1.0 Flex 2014/2014 - Frota 19287 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36834", "24297")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36834", "VW Kombi 1.4 Flex 2013/2013 - Frota 18131 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36835", "24298")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36835", "VW Gol 2006/2006 - Frota 18021 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36836", "24302")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36836", "VW Gol 1.6 Power 2010/2011 - Frota 7984 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36837", "24303")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36837", "VW Gol 1.6 Power 2010/2011 - Frota 7997 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36838", "24304")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36838", "VW Parati 2006/2006 - Frota 18140 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36839", "24305")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36839", "VW Gol 1.0 Flex 2014/2014 - Frota 19283 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36840", "24307")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36840", "VW KOMBI 2011/2012 - Frota 3072 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36833", "24309")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/36833", "VW Gol 2003/2003 - Frota 18020 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>