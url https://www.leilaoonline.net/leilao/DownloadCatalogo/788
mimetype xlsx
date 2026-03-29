--- v0 (2025-11-05)
+++ v1 (2026-03-29)
@@ -269,4155 +269,3639 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37509", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37509", " TABLET MACHINE STOKES FJS 900 513, SERIE E97517, PAT.000746")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37528", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37528", " PENEIRA VIBRATORIA MINERAUTEC MOD. MPV990, PAT.000748")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37527", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37527", " ROTULADORA NARITA PARA ROTULOS DE PVC ENCOLHIVEL, PAT. 001041")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37526", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37526", " ROSQUEADEIRA DE TAMPAS AUTOMATICA MOD. CARROSSEL C/ 6 BOCAS, PAT. 000745")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37533", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37533", " MESA ALIMENTADORA ROTATIVA GIRA DISCO, S/PAT")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37530", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37530", " MISTURADOR HORIZONTAL TIPO RIBBON BLENDER CAP. 200 LITROS, PAT. 001038")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37529", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37529", " ESTEIRA PARA PASSAGEM DE PRODUTOS, S/PAT")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37510", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37510", " ROSQUEADORA PARA TAMPA DE GALÃO DE 5 LITROS - TECNOLUME, S/PAT")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37520", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37520", " APLICADORA DE ROTULO MANGA PARA GALÃO DE 5 LITROS - TECNOLUME, S/PAT")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37518", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37518", " TANQUE EM POLIETILENO CAP. 1000 LITROS C/ FUNDO CÔNICO, S/PAT (apenas tanque)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37517", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37517", " MISTURADOR RIBON BLENDER DE 2000 LITROS, S/PAT")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37513", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37513", " EMBALADORA AUTOMATICA ELPACK TIPO FLOW PACK MOD. MRI PARAFUSOS, PAT. 000879")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37532", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37532", " 2 TANQUE EM ACO INOX CAP. 1000 LITROS, PAT.001067 / 001068")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37525", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37525", " TANQUE EM POLIPROPILENO CAP. 1.300 LITROS P/ACIDO MURIATICO, PAT. 000788 (apenas tanque)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37511", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37511", " 2 TANQUES EM FIBRA DE VIDRO CAP. 1000 LITROS, PAT. 001069 (apenas tanque)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37512", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37512", " ARQUEADORA DE CAIXAS TWR, PAT.001059 / 001060")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37523", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37523", " 2 CARREGADORES DE BATERIA, S/PAT")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37515", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37515", " COMPRESSOR DE AR CHIAPERINI RESERVATORIO 420 LITROS, PAT.001047")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37521", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37521", " MISTURADOR HORIZONTAL TIPO RIBBON BLENDER CAP. 3200 LITROS, PAT.000842")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37516", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37516", " MAQUINA IRMA PARA EMBALAR EM CARTELA, PAT.001058")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37524", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37524", " MÁQUINA P/ APLICAÇÃ O DE POLIURETANO EXPANDIDO, PAT.001050")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37522", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37522", " MOINHO PARA CAPSULAS WERNER, PAT.001063")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37519", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37519", " MISTURADOR HORIZONTAL TIPO RIBBON BLENDER CAP. 5000 LITROS WILL COM.DE MAQ., PAT.000843")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37514", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37514", " PALETEIRA ELÉTRICA LIFTRANS MOD. EX12, PAT.001039")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37531", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37531", " ROSQUEADORA DE TAMPAS P/ GAL ÕES DE 5 LITROS, PAT.001048")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37535", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37535", " PRENSA MECANICA SILME MOD. PS 100P CAP. 2,5 TON. NF 1034 SILME, PAT.000743")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37534", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37534", " ALIMENTADOR DE TAMPAS NE MOD. CE5B, PAT.000744")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37615", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37615", " PRENSA FREIO EMBREAGEM 220VAC, PAT, 18125")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37604", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37604", " PRENSA FREIO EMBREAGEM 220VAC, PAT. 11892")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37632", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37632", " MAQUINA DE SOLDA A PONTO 220VAC SCHLATTER P'.111.1131, S/PAT.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37626", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37626", " FRESADORA DE PERFIL DE CHAVE 220VAC T. GIULIANI, S/PAT.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37622", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37622", " FRESADORA DE PERFIL DE CHAVE 220VAC AMM, S/PAT.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37607", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37607", " PRENSA HIDRAÚLICA 220VAC EKA 60T, S/PAT.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37635", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37635", " PRENSA POR INDUÇÃO 220VAC AMM/04/97, S/PAT.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37605", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37605", " PRENSA EXCÊNTRICA 220VAC CALVI 65T, S/PAT.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37619", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37619", " FRESADORA DE PERFIL DE CHAVE 220VAC AMM, S/PAT.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37611", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37611", " PRENSA EXCÊNTRICA 220VAC EL GALEON - PEI 110 RME 110T, S/PAT")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37603", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37603", " PRENSA EXCÊNTRICA 220VAC TESTA 20T, S/PAT")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37612", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37612", " CONJUNTO DE PRENSAS EXCÊNTRICA 220VAC AMM 2T, S/PAT.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37629", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37629", " PRENSA EXCÊNTRICA 220VAC CVA 10T, S/PAT")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37616", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37616", " PRENSA FREIO EMBREAGEM 220VAC ESSA 5T, S/PAT")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37608", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37608", " PRENSA FREIO EMBREAGEM 220VAC SUPER40, PAT. 42307")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37633", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37633", " PRENSA FREIO EMBREAGEM 220VAC, S/PAT")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37625", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37625", " LAMINADORA, S/PAT")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37634", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37634", " PRENSAS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37617", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37617", " BATTENFELD FC-2200/1000, S/PAT")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37627", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37627", " INJETORA DE PLÁSTICO 220VAC ROMI PRIMA X-300, S/PAT")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37631", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37631", " ESTUFA, S/PAT")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37621", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37621", " INJETORA DE ZAMAC 220VAC TECNOINJET TZ60, S/PAT")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37630", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37630", " INJETORA DE ZAMAC 220VAC AGRATI CZ 125, S/PAT")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37624", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37624", " INJETORA DE ALUMÍNIO 220VAC AGRATI CF 250 FORNO ELÉTRICO, S/PAT")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37614", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37614", " BALANÇA TOLEDO, S/PAT")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37610", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37610", " GIRAFA, S/PAT")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37620", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37620", " PALETEIRA, S/PAT")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37613", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37613", " 2 PONTE, S/PAT")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37609", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37609", " INJETORA DE PLÁSTICO 220VAC MG - 334, S/PAT")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37628", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37628", " INJETORA DE PLÁSTICO 220VAC MG - 6144, S/PAT")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37618", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37618", " MOINHO PLÁSTICO 220VAC AMM, S/PAT.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37623", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37623", " DEMAG EU RU5PK 80/150, S/PAT.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37606", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37606", " BANCO DE CAPACITADORES AUTOMÁTICO 220VAC BCA07/160, S/PAT.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37674", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37674", " 5 PRENSA HIDRAULICA, S/ PAT.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37678", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37678", " TALHA ELETRICA 220VAC 80/150, S/ PAT.")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37690", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37690", " T. GIULIANI CCE-2-N, S/ PAT.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37691", "067")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37691", " AUTOMATIC SPRING COILER FA-6S, PAT 18554")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37675", "068")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37675", " PERFIL DE CHAVE, S/ PAT.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37672", "069")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37672", " DISPOSITIVO AUTOMATICO DE ROSCA AMM, S/ PAT.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37699", "070")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37699", " USINAGEM, PAT 18554")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37698", "072")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37698", " BALANÇA MANUAL S/ PAT.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37697", "073")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37697", " PRENSA PNEUMATICA 1 TON AMM, S/ PAT.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37702", "074")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37702", " PIC BOY, S/ PAT.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37671", "076")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37671", " DISPOSTIVO TESTE ESTANQUEIDADE, S/ PAT.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37685", "077")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37685", " ROSQUEADEIRA M8 R8, PAT 0208007")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37682", "078")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37682", " FURADEIRA DE BANCADA F8A, PAT 80240")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37679", "079")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37679", " FURADEIRA DE BANCADA FY-S38, PAT 379")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37693", "080")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37693", " FURADEIRA DE COLUNA FY - S23, S/ PAT")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37689", "081")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37689", " TORNO, S/ PAT")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37677", "082")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37677", " LAMINADORA, S/ PAT")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37696", "083")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37696", " FURADEIRA DAN-PRESSE, S/ PAT")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37680", "084")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37680", " FURADEIRA, S/ PAT")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37686", "085")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37686", " PRENSA PNEUMATICA MB/21 H-93, S/ PAT")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37676", "086")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37676", " FRESADORA MANUAL FF, PAT, 0660")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37673", "087")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37673", " MAQUINA DE IMPRESSÃO PS.12, PAT, 6369")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37688", "088")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37688", " LAMINADORA DE ROSCA, S/ PAT")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37687", "089")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37687", " TORNO SCHAUBLIN 102, S/ PAT")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37700", "090")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37700", " FURADEIRA DE BANCADA, S/ PAT")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37683", "091")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37683", " ROSQUEADEIRA BREGA RA - 127, S/ PAT")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37681", "092")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37681", " TORNO ROMI CONVENCIONAL S-20, S/ PAT")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37695", "093")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37695", " MANDRILHADORA WH-63, S/ PAT")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37694", "094")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37694", " FRESA BRIDGEPORT, S/ PAT")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37692", "095")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37692", " FRESA DERLIKON ITALIANA, S/ PAT")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37701", "096")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37701", " ELETROEROSÃO POR PENETRAÇÃO, S/ PAT")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37703", "097")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37703", " ELETROEROSÃO A FIO, S/ PAT")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37684", "098")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37684", " RETIFICA CILINDRICA, S/ PAT")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37705", "099")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37705", " RETIFICA JONES-SHIPMAN 540AP, S/ PAT")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37704", "100")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37704", " SERRA DE FITA RONEMAK, S/ PAT")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37706", "101")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37706", " PRENSA HIDRAULICA EVA 100, S/ PAT")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37707", "102")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37707", " FURADEIRA YADOYA FY - S 38, S/ PAT")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37708", "103")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37708", " ARMARIO DE FERRAMENTA, S/ PAT")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37712", "104")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37712", " ROSQUEADEIRA, S/ PAT")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37709", "105")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37709", " PRENSA HIDRAULICA, S/ PAT")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37710", "106")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37710", " PRENSA PNEUMATICA, S/ PAT")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37711", "107")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37711", " TESTE SOLD, S/ PAT")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37716", "108")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37716", " CAMARA PARA ENSAIO DE CORROSÃO, S/ PAT")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37713", "109")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37713", " JATEAMENTO, S/ PAT")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37717", "110")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37717", " ESTUFA, S/ PAT")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37714", "111")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37714", " FORNO PARA TÊMPERA, S/ PAT")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37715", "112")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37715", " LIXADEIRA DE FITA, S/ PAT")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37718", "113")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37718", " TURBOCICLON REBEL TC-60/7, S/ PAT")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37719", "114")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37719", " TAMBOREADOR, S/ PAT")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37720", "115")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37720", " 2 PRENSA PNEUMATICA, S/ PAT")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37723", "116")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37723", " Furadeira de Bancada, S/ PAT")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37722", "117")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37722", " 5 LIXADEIRA/ POLITRIZ, S/ PAT")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37721", "118")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37721", " FRESA, S/ PAT")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37727", "119")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37727", " PRENSA PNEUMATICA, S/ PAT")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37724", "120")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37724", " BRAÇO TRIDIMENSIONAL MITOTOYO, S/ PAT")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...32 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37726", "121")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37726", " Microdurometro De Bancada, S/ PAT")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37725", "122")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37725", " MEDIDOR DE CARGA DE MOLDES, S/ PAT")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37730", "123")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37730", " MÁQUINA DE TRAÇÃO, S/ PAT")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37728", "124")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37728", " PROJETOR DE PERFIL, S/ PAT")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>8.350,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37729", "125")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37729", " ARMÁRIO DE INSTRUMENTOS, S/ PAT")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37731", "126")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37731", " TRIDIMENSIONAL BRIGHT, S/ PAT")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37732", "127")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37732", " PRENSA HÍDRAULICA, S/ PAT")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37734", "128")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37734", " PRATILERIA (COM 500 CAIXAS METALICAS), S/ PAT")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37733", "129")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37733", " 4 ESMERIL, 1 PLACA DESMAGNETIZADORA E 1 TANQUE LAVAGEM, S/ PAT")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37735", "130")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37735", " 1 POLICORTE, 1 BIGORNA, 1 CORTADOR D CHAPA.2 MAQ. D SOLDA, S/ PAT")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...563 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...1524 lines deleted...]
-      <c r="E79" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37736", "131")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37736", " ESTUFA P/ PINTURA")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37737", "132")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37737", " 1 TANQUE ROTATIVO, 2 CENTRIFUGAS ETANQUES DESENGRAXANTE")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
-      <c r="F79" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E81" s="5" t="inlineStr">
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37739", "133")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37739", " 4 RETIFICADORES")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="F86" s="4" t="inlineStr">
+      <c r="F138" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-[...1662 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37738", "134")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/37738", " SUCATA D (MOTORES / PNEUMATICA / MESA / COMPRESOR / CARRINHO / FORNO)")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>