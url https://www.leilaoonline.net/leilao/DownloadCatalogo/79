--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5135", "8046")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5135", " I; VW TOUAREG 3.6 V6; CINZA; 2011; 2011; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5136", "8047")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5136", " I; VW TOUAREG V6; PRATA; 2010; 2010; GASOLINA; BLINDADO - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5137", "8049")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5137", " I; VW JETTA VARIANT; CINZA; 2011; 2012; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5195", "8050")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5195", "POLO SEDAN 1.6; 2013; 2014; PRATA; FLEX; COLISÃO FRONTAL - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5264", "8051")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5264", "VW PASSAT 2.0T; BRANCO; 2013; 2014; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5266", "8052")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5266", " VW POLO SEDAN 1.6; PRATA; 2011; 2012; FLEX - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5265", "8053")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5265", "VW PASSAT 2.0T; BRANCO; 2013; 2013; GASOLINA - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5267", "8054")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5267", "VW POLO SEDAN 1.6; PRETO; 2011; 2012; FLEX - SCANIA LATIN AMERICA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5156", "90168")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5156", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 11/12 - PLACA AUH 2625- CHASSI 9BWAB45U0CT050343 - BANCO SOFISA S/A ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5151", "900139")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5151", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>4.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5150", "900149")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5150", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 - PLACA AUI0531- CHASSI 9BWAA45U8CT034801 -BANCO SOFISA S/A ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5153", "900150")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5153", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5157", "900157")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5157", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5154", "900166")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5154", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5148", "900184")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5148", "GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRATA, ANO MOD 12/13 -PLACA AUX3211 -CHASSI 9BWAB45U0DP063331 - BANCO SOFISA S/A ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5146", "905066")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5146", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5144", "905067")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5144", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5143", "905069")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5143", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 -PLACA AUI0433 -CHASSI 9BWAA45U4CT031183 - BANCO SOFISA S/A ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5142", "905071")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5142", " GOL (NOVO) 1.6 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5141", "905072")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5141", " KOMBI COR BRANCO, ANO MOD 13/14 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5145", "905073")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5145", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P,COR PRETO NINJA, ANO MOD 11/12- PLACA AUH1024 - CHASSI 9BWAA45U6CT032237-   BANCO SOFISA S/A ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5147", "905075")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5147", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 - PLACA AUH5910- CHASSI  9BWAA45U4CT032320 - BANCO SOFISA S/A ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5139", "905076")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5139", " KOMBI COR BRANCA, ANO MOD 10/11 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>8.750,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5149", "905077")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5149", " GOL (NOVO) 1.0 MI TOTAL FLEX 8V 4P, COR PRETO NINJA, ANO MOD 11/12 BANCO SOFISA S/A ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5140", "905082")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5140", " KOMBI COR BRANCO, ANO MOD 11/12, BANCO SOFISA S/A ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5138", "905331")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5138", " KOMBI COR BRANCO, ANO MOD 11/12, BANCO SOFISA S/A ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5158", "905332")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5158", "MICRO ÔNIBUS MB  608 D, ANO/MOD 76/77")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5159", "905333")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5159", "EMPILHADEIRA CLARK  2,5 TON , GLP, MODELO C300HY50")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>