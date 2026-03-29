--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,3227 +269,2827 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38796", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38796", " Gol 1.0 Flex - Ano 2011 - Cor Branca - RETROVISOR LE. TRINCADO/ LANTERNA TRAZEIRA LD. QUEBRADA/ TAMPÃO PORTA MALA QUEBRADO/ FAROL LE. QUEBRADO. Patr.: 30663")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38797", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38797", " Gol 1.0 Flex - Ano 2012/2013 Cor Branca - PROBLEMA NO MOTOR/ PARA-CHOQUE DIANTERIO E TRASEIRO QUEBRADO. Patr.: 30796")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38833", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38833", " Gol 1.0 Flex - Ano 2011/2012 - Cor Branca - FAROL DIR./ESQ. QUEBRADO/ DEFLETOR RADIADOR QUEBRADO/ MAÇANETA EXT. DIR. QUEBRADA/ SEM TAMPA CX. DE FUSIVEL. Patr.: 30719")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38885", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38885", " Gol1.0Flex - Ano 2011 - Cor Branco Patr.: 30727")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38849", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38849", " Gol1.0Flex - Ano 2013 - Cor Branco (PROBLEMA TRAMBULADOR/ SEM FECHADURA PORTA MALA) Patr.: 30856")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38794", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38794", " Gol1.0Flex - Ano 2011 - Cor Branco - ACIDENTADO Patr.: 30769")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38864", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38864", " Gol1.0Flex - Ano 2013 - Cor Branco  Patr.: 30923")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38812", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38812", " Gol1.0Flex - Ano 2013/14 - Cor Branco Patr.: 31098")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38829", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38829", " Gol1.0Flex - Ano 2013 - Cor Branco Patr.: 30924")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38838", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38838", " Gol1.0Flex - Ano 2013/14 - Cor Branco Patr.: 30932")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38836", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38836", " Gol1.0Flex - Ano 2011/12 - Cor Branco Patr.: 30760")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38891", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38891", " Gol1.0Flex - Ano 2013/2014 - Cor Branco (MOTOR BAIXANDO OLEO) MAÇANETA DA PORTA LE QUEBRADA. Patr.: 30922")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38874", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38874", " Gol1.0Flex - Ano 2012/2013 - Cor Branco Patr.: 30789")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38818", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38818", " Gol1.0Flex - Ano 2013/2014 - Cor Branco Patr.: 30919")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38819", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38819", " Gol1.0Flex - Ano 2013/2014 - Cor Branco Patr.: 30897")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38848", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38848", " SUCATA DE Gol1.0Flex - Ano 2013/2014 - Cor Branco - Sem doc, Lances somente de empresas de desmanche cadastradas no DETRAN.  Sem doc, aproveitamento p/desmanche. Patr.: 30906")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38795", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38795", " Gol1.0Flex - Ano 2016/2017 - Cor Branco - MOTOR E CAMBIO COM PROBLEMA Patr.: 31148")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38857", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38857", " Astra GM - Ano 2007 - Cor Prata Patr.: 30430")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38887", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38887", " Motocicleta Honda BROS160 - Ano 2017 -  PEQUENO RASGADO NO BANCO / DISCO DE FREIO TRAZEIRO GASTO. Patr.: 31817")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38868", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38868", " Cam. Ford C. 1317 - Ano 2003 -Cor Branco no Chassis Plataforma - PROBLEMA NO MOTOR E CAMBIO/ SEM FLEXIVEL EMBREAGEM/ PORTA LE COM PROBLEMAS. Chassi: 9BFXTNAF23BB28201 PL.: CYU-9415 Patr.: 10318")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38837", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38837", " Cam. Volvo FM12 440 - Ano 2006 - Cor Branco Cavalo Mec.- SEM QUINTA RODA Chassi: 93KAS02D27E730496 PL.: DJO-7251 Patr.: 10389")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38820", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38820", " Cam. Volvo VM 260 - Ano 2009/10 Cor Branco C/Carroceria de Maderia Patr. 41464 - BATERIA FRACA Chassi: 93KP0E0C3AE119844 PL.: ASA-6011 Patr.: 10471")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>65.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38798", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38798", " Trator Valtra BT210 - Ano 2011 - C/Cabine S/Patr. SERIE: T210299164 Patr.: 21322")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38816", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38816", " Trator Valtra BT210 - Ano 2011 - C/Cabine S/Patr. SERIE: T2103044721 Patr.: 21325")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>56.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38806", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38806", " Trator Valtra BT210 - Ano 2011 - C/Cabine S/Patr. SERIE: T210304686 Patr.: 21330")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38844", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38844", " Trator Valtra BT210 - Ano 2011 - C/Cabine S/Patr. SERIE: T210304688 Patr.: 21332")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>52.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38856", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38856", " Trator Valtra BT210 - Ano 2011 - C/Cabine S/Patr. SERIE: T210304722 Patr.: 21328")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>55.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38841", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38841", " Trator Valtra BH205 - Ano 2010 - C/Cabine S/Patr. - PROBLEMA NA EMBREAGEM. SERIE: H205273925 Patr.: 21169")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38867", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38867", " Trator Valtra BH205 - Ano 2010 - C/Cabine S/Patr. SERIE: H205277287 Patr.: 21172")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38845", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38845", " Trator Valtra BH 205 - Ano 2010 - C/ Cabine S/ Patr. - PROBLEMA  BBA INJETORA SERIE: H205272940 Patr.: 21150")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38872", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38872", " Trator Valtra BH 205 - Ano 2010 - C/ Cabine S/Patr. SERIE: H205272938 Patr.: 21154")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38830", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38830", " Trator Valtra BH205 - Ano 2010 - C/Cabine S/Patr. SERIE: H205273937 Patr.: 21157")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38840", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38840", " Trator Valtra BH-205 - Ano 2010 - C/ Cabine S/Patr. - MOTOR TRAVADO E PROBLEMA EMBREAGEM. SERIE: H205278286  Patr.: 21165")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38889", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38889", " Trator Valtra BH 205 - Ano 2010 - C/ Cabine S/Patr. - MOTOR PESADO  E PROBLEMA EMBREAGEM. SERIE: H205278288   Patr.: 21167")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>40.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38799", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38799", " Trator Valtra BH 205 - Ano 2010 - C/Cabine S/Patr. - SEM KIT DO  LEVANTE HIDRÁULICO SERIE: H205273935 Patr.: 21170")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38875", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38875", " Trator Valtra BH 205 - Ano 2010 - C/Cabine S/Patr. SERIE: H205278285 Patr.: 21171")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>45.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38883", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38883", " Colhedora Cana John D.3520T- Ano 2009 Elevador nr. 41754 e Corte da Base nr. 42256. - Motor 9 Lts. SERIE: NW3520T090361 Patr.: 20956")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38831", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38831", " Colhedora Cana John D.3520T- Ano 2009 Elevador nr. 41918 e Corte da Base nr. 42021. - Motor 9 Lts. SERIE: NW3520T090378 Patr.: 20957")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38854", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38854", " Colhedora Cana John D.3520T- Ano 2009 Elevador nr. 42362 e Corte da Base nr. 42162. - Motor 9 Lts. SERIE: NW3520T090387 Patr.: 20958")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38808", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38808", " Colhedora Cana John D.3520T- Ano 2009 Elevador nr. 41917 e Corte da Base nr. 41168. - Motor 9 Lts. - PROBLEMA RELE PARTIDA SERIE: NW3520T090321  Patr.: 20959")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38809", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38809", " Colhedora Cana John D.3520T- Ano 2009 Com Elevador nr.41309 e Corte Base nr. 41934 - Motor 9 Lts. NW3520T090326 Patr.: 20960")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38847", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38847", " Colhedora Cana John D.3520T- Ano 2009 Elevador nr.41984 e Corte da Base nr. 41880. - Motor 9 Lts - PROBLEMA NO MOTOR / VALVULA CONTROLE /MODULO CONTROLE / TANQUE COMBUSTIVEL / PENEIRA BLINDAGEM / MOTOR PICADOR / VALVULA CONTROLADORA FLUXO / BBA RODA LE. / BBA RODA LD. / ELEVADOR / BOBINA SOLENOIDE ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38855", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38855", " Colhedora Cana John D.3520T- Ano 2009 Com Elevador nr.41551 e Corte Base nr. 42019  - Motor 9 Lts. NW3520T090373 Patr.: 20967")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38842", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38842", " Colhedora Cana John D.3522T - Ano 2011- Corte Base Patr. 42069 - Elevador Patr. 42177 (PROBLEMA NO CABEÇOTE) HT Patr.: 21263")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38846", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38846", " Colhedora Cana John D.3522T - Ano 2011 - Ano 2010- Corte Base Patr. 41883 - Elevador Patr. 42365 (PROBLEMA NO CABEÇOTE/ PROBLEMA NO CONJUNTO DE CORTE DE PONTA E NO DECANTADOR DE AGUA) SERIE: 1NW3522TPB0090182 Patr.: 21265")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38832", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38832", " Colhedora Cana John D.3522T - Ano 2011 - Corte Base Patr. 42051 - Elevador Patr. 42387 (SEM MOTOR/ PROBLEMA NA COLUNA DE DIREÇÃO) SERIE: 1NW3522THB0090189 Patr.: 21315")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38839", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38839", " Colhedora Cana John D.3520T- Ano 2011 Com Elevador nr.41646 e Corte Base nr. 41895  - Motor 9 Lts - PROBLEMA NO MOTOR/ PROBLEMA NA COLUNA DE DIREÇÃO / TETO AMASSADO / PROBLEMA MODULO CONTROLE / PROBLEMA SENSOR POTENCIÔMETRO DO JOY STICK / PROBLEMA ALAVANCA JD 3522 CB01491935 / PROBLEMA BOMBA DE INJ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38822", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38822", " Colhedora Cana John D.3520T- Ano 2011 Com Elevador nr.41327 e Corte Base nr. 41937  - Motor 9 Lts - PROBLEMA NO MOTOR E NA TAMPA DO FILTRO HIDRAULICO. SERIE: 1NW3520TBL0091831  Patr.: 21279")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38828", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38828", " Prentice T 2280 Blount - Ano 2006 - Motor marca Cummins; Modelo 6BTA5.9 S/N° de série; Potencia 185 hp; SERIE: D280PR59880 Patr.: 20539")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38851", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38851", " Prentice T 2280 Blount - Ano 2006 - Motor marca Cummins; Modelo QSB 6.7; S/N° de série; Potencia 185 hp; Motor eletrônico; SERIE: 2280PR61949 Patr.: 20770")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38803", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38803", " Prentice T 2280 Blount - Ano 2006 - Motor marca Cummins; Modelo 6BTA5.9 S/N° de série; Potencia 185 hp; SERIE: 2280PR63101 Patr.: 20771")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>29.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38860", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38860", " Prentice T 2280 Blount - Ano 2006 - Motor marca Cummins; Modelo QSB 6.7; S/N° de série; Potencia 185 hp; Motor eletrônico; SERIE: 2280PR63081 Patr.: 20772")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38835", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38835", " Prentice T 2280 Blount - Ano 2006 - Motor marca Cummins; Modelo QSB 6.7; S/N° de série; Potencia 185 hp; Motor eletrônico; SERIE: 2280PR63097 Patr.: 20773")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38858", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38858", " Prentice T 2280 Blount - Ano 2008 - Motor marca Cummins; Modelo QSB 6.7; N° Série: 36044078; Potencia 185 hp; Motor eletrônico;  SERIE: 2280PR63448  Patr.: 20834")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38817", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38817", " Transbordo Cana Int Usicamp - Ano 1997 - C/1 RODA E 1 PNEU SERIE: RTC/US/8T-013 Patr.: 50401")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38843", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38843", " Transbordo Cana Int Usicamp - Ano 1997 - S/PNEU SERIE: RTC/US/8T-014 Patr.: 50402")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38853", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38853", " Transbordo Cana Pic Sermag - Ano 2006 SERIE: 0590 Patr.: 50918")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38876", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38876", " Transbordo Cana Pic Sermag - Ano 2007 SERIE: 1409 Patr.: 50996")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38814", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38814", " Transbordo C. Pic. Serrana - Ano 2010 SERIE: 3578 Patr.: 51243")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38865", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38865", " Transbordo C. Pic. Serrana - Ano 2009 - PROBLEMA NA VALVULA DIFUSORA DE FLUXO SERIE: 3355 Patr.: 51191")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38801", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38801", " Transbordo Sermag - Ano 2009 e Caixa de Carga - ACIDENTADO /  VALVULA DIFUSORA DE FLUXO SÉRIE:3357-mod:SMR 10500 Patr.: 51194")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38884", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38884", " Transbordo Cana Int. Serrana - Ano 2009 SERIE: 2953 Patr.: 51157")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38862", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38862", " Transbordo Cana Pic Serrana - Ano 2003 SERIE: 0237 Patr.: 50731")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38873", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38873", " Transbordo Cana Pic Serrana - Ano 2003 SERIE: 0238 Patr.: 50732")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38811", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38811", " Transbordo Cana Pic Serrana - Ano 2003 SERIE: 0239 Patr.: 50733")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38834", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38834", " Transbordo Cana Pic Teston 943 Mod. 22000 - Ano 2010 SERIE: MCG2200065  Patr.: 51267")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38871", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38871", " Plantadeira Sollus Ano 2011   PEÇAS SÉRIE: N-16145 Patr.: 51427")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38810", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38810", " Plantadeira Sollus Ano 2011   PEÇAS SÉRIE: N-16146 Patr.: 51432")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38880", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38880", " Subsolador Sollus - Ano 2008 SERIE: 13582 Patr.: 51080")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38869", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38869", " Subsolador Sollus - Ano 2008 SERIE: 13583 Patr.: 51081")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38823", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38823", " Subsolador Ikeda - Ano 2011 SERIE: DPT220M0011B001 Patr.: 51389")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38863", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38863", " Pulverizador Herbiplus G2 - Desseca SERIE: OP3439  Patr.: 51299")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38881", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38881", " Sulcador Adubador Civemasa - Ano 2001 S/SERIE Patr.: 50626")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38815", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38815", " Subsolador Ikeda - Ano 2011 SÉRIE: DPT220M0011B002 Patr.: 51390")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38866", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38866", " Distribuidor Adubo/Calcario Serrana - Ano 2006 SERIE: 0136 Patr.: 50943")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38859", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38859", " Distribuidor Adubo/Calcario Sermag - Ano 2009 SERIE: 01011 Patr.: 51087")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38892", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38892", " Sulcador Sermag ano 2011 SERIE: 01032 Patr.: 51397")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38893", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38893", " Sulcador Sermag ano 2011 SERIE: 01039 Patr.: 51512")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38888", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38888", " Reboque Hidro-Roll Randon Ano 1989 Carroceria Aberta - C/ 8 RODAS E 4 PNEUS Chassi: 9ARD07620KS030759 PL.:  AGA-9195  Patr.: 60374")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38879", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38879", " Caixote Reboque Cana Picada Usicamp 8Mts. Comp. Alt. 3,45, Larg. 2,50 - Retirado do frota 60663. Chassi: 9A9RCE1E271DJ1196 PL.:  AOY-3023  Patr.: 60663")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38852", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38852", " Caixote Canav. Marca Goido - 8MTS. COMP. ALT. 3,45, LARG. 2,50 - Retirado do frota 60172. S/SERIE Patr.: 60172")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38804", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38804", " GARRA HIDR. MOTOCANA TIPO 6H8 - PATR. A-16221")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38882", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38882", " GARRA HIDR. MOTOCANA 6,5TN - PATR. F-11653.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38890", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38890", " Caçamba Basculante - Patr. Cofercatu Nr. 04055")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38878", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38878", " ITEM: 80673 - DIFERENCIAL DIANTEIRO MBB 2423/2638 REFORMADO DEP. 40")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38826", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38826", " LOTE COM 17 VÁLVULAS DIVERSAS CONFORME RELAÇÃO")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38813", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38813", " 42 UNID, DE COMPUTADOR DE BORDO - AUTEC 129627, 134129, A-4106, A-4108, A-4258. - 42 PÇS")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38807", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38807", " 140 UNID. DE COMPUTADOR DE BORDO - AUTEC ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38877", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38877", " LOTE COM 02 Espectrofotometro Micronal E 01 DV-E Viscometer marca brook Field . ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38870", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38870", " GERADOR - MOD. D500 - 110/220V - 60 HZ - POT. CONTINUA 4,6 KW - POT. MAXIMA 5,0 KW - 1 PÇ.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38850", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38850", " GERADOR - MOD. D500 - 110/220V - 60 HZ - POT. CONTINUA 4,6 KW - POT. MAXIMA 5,0 KW - 1 PÇ.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38800", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38800", " LOTE COM 04 MOTORES ELÉTRICOS:  MOTOR ELÉTRICO MARCA WEG / MOD. 160L / CV-2 / RPM-1160 / TRIF. ME-0066 / PATR. 400066 - 1 PÇ.,  01 MOTOR ELÉTRICO MARCA - / MODELO T-213 T / CV-3 / RPM-1140 / TRIFASICO ME-0124 , MOTOR ELÉTRICO MARCA-WEG / MODELO 250S / CV-75 / RPM-1185 / TRFASICO ME-0253 - 1 PÇ., MO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...70 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38802", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38802", " LOTE COM 63 VALVULAS SOLEN. MOD. MFH-5 1/4 6211DN14 M. FESTO - E  DIVEROS ATUADORES DIVS. MARCAS  CONFORME RELAÇÃO. ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38825", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38825", " COMPRESSOR GA75 - ATLAS COPCO - 1 PÇ.")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38861", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38861", " LOTE COM PAINEL DE INVERSOR SIEMENS SENDO 7 MODULOS - 1 PÇ.  E  PAINEL DE AUTOMAÇÃO SMAR - 3 PÇS.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38821", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38821", " TRANSFORMADOR 112KVA - 1 PÇ.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38824", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38824", " PNEU USADO PARA TRANSBORDO COM RODA - 13 Pçs.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38827", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38827", " Caçamba para pá carregadeira Caterpillar 938G - 1 PÇ.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38805", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38805", " Caçamba para retroescavadeira Caterpillar - 1 PÇ.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...2957 lines deleted...]
-      </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38886", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38886", " Carroceria Prancha S/ Patrimônio")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>