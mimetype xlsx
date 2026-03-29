--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38563", "033")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38563", " CHASSI DE CAMINHÃO MB 708 E ANO: 1988/1988 CHASSI: 9BM308325JB790880 PL.: GKO-5808 Renavam: 246107928 Prefixo: 1692")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38562", "034")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38562", " CHASSI DE CAMINHÃO  MB 912 ANO: 1989/1989 CHASSI: 9BM688177KB841303 PL.: GKO-4801 Renavam: 247114979 Prefixo: 1695")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38561", "035")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38561", " CHASSI DE CAMINHÃO MB 709 ANO: 1993/1993 CHASSI: 9BM688101PB973182 PL.: GKO-9472 Renavam: 613398670 Prefixo: 1720")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38564", "036")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38564", " CHASSI DE CAMINHÃO MB 812 ANO: 1989/1989 CHASSI: 9BM688177KB845411 PL.: BXC-8390 Renavam: 423279440 Prefixo: 1701")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>