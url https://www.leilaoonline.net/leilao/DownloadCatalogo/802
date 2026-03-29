--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38897", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38897", "VEJA VÍDEO CLICK NA FOTO TRATOR 290 M. F CARREGADEIRA IMPLEMENTO SANTAL - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39057", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39057", " VEJA VÍDEO CLICK NA FOTO RENAULT/ DUSTER 1.6 D 4X2, FLEX, CINZA, ANO 2013/2014 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>21.450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38974", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38974", "veja vídeo click na foto CARREGADEIRA VALMET TRATOR 85 ID, ANO 1980, D.HIDRÁULICA , FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39049", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39049", "veja o vídeo click na foto - FIAT/PALIO FIRE FLEX, PRATA, 2008/2008 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39058", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39058", "veja o vídeo click na foto VW/GOL 1.0, GAS, CINZA, ANO 2001/2002 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39141", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39141", "VEJA VÍDEO CLICK NA FOTO I/MMC OUTLANDER 3.0 V6, ANO 2011/2012, PRETA, GAS ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38975", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38975", "veja vídeo click na foto - I/CHANA SC1026W, ANO2010/2011, GAS. AR e DH - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39050", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39050", "veja o vídeo click na foto HONDA/ CG 150 FAN ESI, FLEX, ANO 2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38784", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38784", "veja o vídeo click na foto GERADOR 375 AMPERES C/ MOTOR ESTACIONÁRIO PERQUINS - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39051", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39051", "veja o vídeo click na foto FIAT/FIORINO FURGÃO IE, GAS, VERMELHA, ANO 2000 - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39031", "1006")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39031", "SUPORTE DE CARRINHO PARA MONTAGEM E APOIO DE MOTOR")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38778", "1007")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38778", "4 PNEU TRANSBORDO MONTADO COM RODA 600/50/22,5")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39032", "1008")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39032", "2 COMPRESSORES DE AR COMPRIMIDO e 1 MANGUEIRA DE TRAMA DE AÇO PARA AR COMPRIMIDO ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38779", "1009")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38779", "4 UNIDADES-PNEUS TRANSBORDO MONTADO COM RODAS  600/50/22,5")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38780", "1010")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38780", "veja descritivo    - 22 CÂMARA DE AR  sem uso")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39033", "1011")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39033", "veja especificação -  4 TANQUE de 150 e 200 litros P/ DIESEL e 1 PAR DE SUPORTE")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38781", "1012")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38781", "9 PNEUS  SENDO  3 PNEUS COMUNS 900-20 -3 PNEUS 295/80 R 22.5 RADIAL - 3 PNEU 275/80 R 22.5 RADIAL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39034", "1015")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39034", "TALHA DE 3.0T COM CORRENTE, GANÇO DUPLO. pouco uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38782", "1017")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38782", "30 PNEUS veja especificações (detalhes)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39035", "1020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39035", "10 GANCHEIRA P/ PRODUTOS expositores")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39040", "1021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39040", "1 RAQUETE ANTIGA DE TÊNIS - 1 SONATA ANTIGA  - 1 DISCO DE VINIL DO TRIO PARADA DURA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38783", "1029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38783", "2 PNEU MONTADO COM RODA 18.4-38")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39041", "1031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39041", "1 CONCHA OU PASINHA P/ TRATOR DE CALCÁRIO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39042", "1033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39042", "1 PINO BOLA e 1 SUPORTE ORIGINAL PARA AGRÍCOLA PESADA C/ PINO BOLA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39043", "1036")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39043", "8 SUPORTE P/ FILTRO DE AR M BENZ 1318 E 1620 e 1 RESERVATÓRIO DE ÁGUA P/ 1620 M BENZ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39044", "1041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39044", "veja descritivo - DIVERSOS FILTROS ÓLEO - (P/ COLHEDORA - WK 1040, IMPLEMENTOS E OUTROS)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39045", "1042")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39045", "2 BEBEDOURO 1 REFRIGERADO PARA GALÃO e 1 C/ ESGUICHO D’ÁGUA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39059", "1051")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39059", "ESCADA COM PATAMAR ,ANDAIME E  ESTRUTURA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38785", "1056")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38785", " VEJA DESCRITIVO - 24 CÂMARA DE AR")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39046", "1060")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39046", "2 GRADE DIANTEIRA DE TRATOR:  1 TRATOR J DEERE e 1 TRATOR VALMET")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39047", "1063")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39047", "PEÇAS DIVERSAS PARA COLHEDORA CANA J DEERE P/ REPOSIÇÃO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39112", "1064")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39112", "6 CONES GRANDES PARA SINALIZAÇÃO e 4 SINALIZADORES A BATERIA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39108", "1067")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39108", "2 RADIO AMADOR MOTOROLA ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39109", "1068")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39109", "60 MANGUEIRAS  HIDRÁULICAS P/ COLHEDORA J DEERE GRANDES E PEQUENAS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39110", "1073")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39110", "BASE P/ LAVADOR C/ MOTOR ELÉTRICO E RODAS PARA MOVIMENTAÇÃO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39111", "1076")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39111", "6 RADIO AUTOMOTIVO TOCA CD")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39048", "1077")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39048", " 2 FURADEIRAS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39114", "1084")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39114", "12 BALÃO E 12 CINTA P/ AR COMPRIMIDO DO M BENZ 1620 E 1318 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39115", "1085")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39115", "3 PISTÃO DE TRANSBORDO DE CANA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39116", "1086")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39116", "veja especificações SERVO, MANECO,VÁLVULAS E OUTROS P/ CAMINHÃO  M.BENZ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39117", "1090")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39117", "MÁQUINA DE SOLDA  ELETRÔNICA LHM 240 I PLUS")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39118", "1094")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39118", "72 UNIDADES- ÓLEO LUBRIFICANTE PETROL COMPRESSOR 150")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39119", "1097")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39119", "2 VÁLVULAS 4 VIAS,1 TOMADA DE FORÇA COM EIXO PARA CAMBIO ZF e1 VÁLVULA DE COMANDO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39121", "1099")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39121", "PISTÃO DO ELEVADOR COLHEDORA J DEERE  ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39129", "10101")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39129", "2 RÁDIO AMADOR MOTOROLA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38786", "10103")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38786", "veja especificações - PEÇAS P/ F-22. 000 -1 CAIXA SATÉLITE - 1 ROLAMENTO - 2  MANCAL  E PARAFUSOS DIVERSOS DO DIFERENCIAL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39130", "10104")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39130", "veja especificações 9 GALÕES DE 20 litros de ÓLEO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38787", "10105")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38787", "FURADEIRA DE BANCADA  FB-16S-0,5 HP GAPINA COM CAVALETES")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38788", "10106")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38788", "MACACO HIDRÁULICO PNEUMATICO GRANDE")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39131", "10109")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39131", "veja especificações - 4 ITENS DIVERSOS: P/ M. BENZ, F 22000 e VW 26.220")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38789", "10111")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38789", "1 CILINDRO de oxigênio, 1 CILINDRO acetileno, 3 CANETA , 5 MANÔMETROS, 2 MANQUEIRAS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39132", "10112")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39132", "veja especificações BORBOLETAS, REGISTRO E OUTROS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38790", "10115")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38790", "PNEUMATICA DE 1’ POLEGADA COM POUCO USO ACOMPANHA JOGO DE BOCA 27,28,30,32,33.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39133", "10116")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39133", "PARAFUSOS E RUELAS PARA REFORMA ACOLHEDORA J DEERE")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39134", "10117")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39134", "veja especificações CAIXAS DE ÓLEO E SECA")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38791", "10118")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38791", "DISTRIBUIDORA ANTONIOSI GREEN SYSTEM MODELO: DC 1102 ANO :2013/2014 - loc BEBEDOURO-SP")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39135", "10120")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39135", "veja especificações PEÇAS DIVERSAS  POLIA, SETOR DIREÇÃO E OUTROS")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39001", "10121")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39001", "4 COMPRESSOR DE AR CONDICIONADO e 3 CILINDRO DO CONDENSADOR")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39002", "10122")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39002", "5 ESTANTE PARA EXPOSIÇÃO DE FERRAMENTAS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39004", "10123")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39004", "veja especificações - ROLAMENTO, VÁLVULAS E RETENTORES COLHEDORA J. DEERE")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39005", "10126")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39005", "veja especificações 50 ITENS aproximadamente: ADITIVO, LIMPA CARTER e OUTROS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39006", "10127")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39006", "veja especificações = 60 unidades de 1 lt. (aproximadamente)   ÓLEO P/MOTOR")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39007", "10128")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39007", "6 BOMBAS: sendo 4 BOMBAS HIDRÁULICAS P /TRATOR 7180 M FERGUSON  e 2 BOMBA HIDRÁULICA P 50")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39008", "10129")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39008", " 2 CATRACAS 1 P/ MANGUEIRA DO COMBOIO e 1 CATRACA P/ MANGUEIRA DE ÁGUA DO CAMINHÃO PIPA 24 mts  MANGUEIRA do  LAVADOR")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38792", "10130")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38792", "DIFERENCIAL DA RANGER 2012/2013, CAM PONTA DE EIXO , SISTEMA DE FREIO")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39009", "10131")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39009", "veja especificações - SUPORTES e OUTROS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38793", "10132")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38793", "MÁQUINA DE SOLDA  ESA 420 HA ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39010", "10133")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39010", " veja especificações 5 CARDAN 7 LUVAS P/ CARDAN e OUTROS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38978", "10134")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38978", "CORTADOR DE GRAMA ELÉTRICO PORTE MÉDIO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38979", "10139")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38979", "veja abaixo especificações 21 ITENS - ( CARDANS, CRUZETAS E LUVAS)")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38980", "10140")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38980", "veja abaixo especificações EQUIPAMENTOS EP’I - CAPACETES, ÓCULOS E OUTROS")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38894", "10151")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38894", "1 MOTOR ESTACIONADO YANMAR NS 818 - 1  CARRETINHA DOIS EIXOS CHASSIS REFORÇADO  - 4 RODAS  COM AROS")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38896", "10152")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38896", "19 PNEUS 1000 R 20")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38981", "10153")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38981", "110 (aproximadamente)  – MANGUEIRAS HIDRÁULICAS GRANDES E PEQUENAS P/ COLHEDORA  JONH DEERE")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38966", "10155")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38966", "CARROCERIA TRANSBORDO, ANO: 2008, SERMAG CANA PICADA MODELO: SMR 10000, SERIE: 1897")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38967", "10156")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38967", "TRANSBORDO Modelo: V T 10 SANTAL , ANO 2011, SÉRIE 70610, SISTEMA HIDRÁULICO FUNCIONANDO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38968", "10157")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38968", "TRANSBORDO SMR 10000 , ANO 2007,  SÉRIE :0720, SISTEMA HIDRÁULICO FUNCIONANDO")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38995", "10158")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38995", "veja especificações - RODAS E RODAS C/ PNEUS PARA TRATOR (INCLUINDO RODA P/ TRATOR ANTIGO)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38996", "10159")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38996", "ROLO DO TAMPADOR DE CANA")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38997", "10160")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38997", "16 FECHE DE MOLA para caminhão e ônibus.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38998", "10165")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38998", "5 PNEUS SENDO 4 1100 R 22 RADIAL E 1 7.50-16 DE F-4.000")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38970", "10166")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38970", "TRANSBORDO SERMAG 10000 SMR, ANO 2007, SÉRIE 0701")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38972", "10170")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38972", "4 PNEUS TRANSBORDO MONTADO C/ RODAS")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...20 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38973", "10172")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38973", "TRANSBORDO  VT-10 SANTAL, ANO 2011,SÉRIE 70616 - HIDRÁULICA:PAROU FUNCIONANDO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...143 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38999", "10173")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38999", "veja especificações - 5 RODAS P/ TRANSBORDO")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39000", "10174")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39000", "2 NOTBOOK  SENDO 1 MULTLASER  E 1 POSITIVO  E 1 CARREGADOR ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39136", "10176")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39136", "RANGER CABINE DUPLA ANO 2012")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39137", "10177")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39137", "CARCAÇA FIAT/STRADA, ANO 2008")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39138", "10178")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39138", "CARCAÇA VW/SANTANA, ANO 2002")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39139", "10179")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39139", "CARCAÇA VW/GOLF")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39140", "10180")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39140", "CARCAÇA FIAT/PALIO, ANO 2012")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38976", "10185")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38976", "COMPRESSOR DE AR CHIAPERINI INDUSTRIAL CJ 25 APV 250L")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...2558 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38977", "10187")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38977", "MOTO BOMBA MOTOR IRRIGAÇÃO PERK 6 CILINDRO")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>