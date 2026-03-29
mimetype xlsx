--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39028", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39028", "EMPILHADEIRA ELÉTRICA CLARK TW25 1250kg")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39029", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39029", "EMPILHADEIRA ELÉTRICA SKAM Skam 1200kg")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39030", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39030", "novas fotos EMPILHADEIRA TOYOTA 2500 Kg 6 metros de elevação (sem cilindro de gás)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39023", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39023", " EMPILHADEIRA YALE D87P 1985 4 TON DIESEL - CÓD.73 (sem cilindro de gás)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39018", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39018", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39019", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39019", " GRUPO GERADOR (AUTOMÁTICO) BORDAÇOI 160 KVA, 220/127 VOLTS, MOTOR CUMMINS CTA 8.3, COMPLETO FUNCIONANDO, 172 HORAS, QUADRO LEON HEIMER")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39020", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39020", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39021", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39021", " GRUPO GERADOR CALMPS 50 KVA, GERADOR, MOTO M.BENZ 321")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39022", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39022", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39016", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39016", " GRUPO GERADOR STEMAC 40 KVA, MOTOR MWM 229/3, AUTOMÁTICO, SILENCIADO, SEMINOVO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>18.197,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39017", "018")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39017", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39012", "020")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39012", "clik veja o video PÁ CARREGADEIRA LIUGONG 835 CLG, ANO 2010, MOTOR CUMMINS ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>58.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39027", "020")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39027", " COMPRESSOR PARAFUSO TOTAL PACK 20 HP USADO NO ESTADO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39026", "021")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39026", " GRUPO GERADOR STEMAC 375KVA WEG CUMMINS USADO NO ESTADO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39024", "038")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39024", "GERADOR TRANSMILL DE AVIAÇÃO P/ PARTIDA  AUXILIAR DE  AVIÕES, POTENCIA 45 KVA , CAP 28 VCC,  16000 A PICO , 14 VCC . 8000 A ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39025", "039")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39025", "GRUPO GERADOR CATERPILLAR 500KVA")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39013", "068")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39013", "I; FORD TRST "TRANSIT" MODIFICAR TP; 2010/2011; BRANCA, DIESEL")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39011", "070")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39011", "CAMINHÃO; M BENZ 2013; 1980/1981; VERMELHA; DIESEL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39015", "113")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39015", "EMPILHADEIRA HIDRÁULICA MANUAL PALETRANS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39014", "120")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39014", "ROLO COMPACTADOR WACKER")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38984", "225")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38984", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 988 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...15 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38985", "245")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38985", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 158 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38982", "273")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38982", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38983", "279")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38983", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 978 - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38989", "297")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38989", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 448 - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38987", "303")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38987", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 298 - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38990", "311")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38990", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 228 - FUNCIONANDO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38986", "320")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38986", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 268 - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...83 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38988", "327")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/38988", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, PLACA FINAL 428 - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>