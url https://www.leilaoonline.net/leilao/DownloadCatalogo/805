--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1211 +269,1063 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39100", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39100", "TORNO IMOR 3000X600MM ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39089", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39089", " PLAINA ZOCCA 600MM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39082", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39082", " TORNO PROMECA IM 500 2000X600MM    ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39081", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39081", " PRENSA VIRADEIRA DOBRADEIRA 2M X 4MM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39099", "028")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39099", " COMPRESSOR PARAFUSO TOTAL PACK 20 HP C/ SECADOR FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39104", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39104", " COMPRESSOR DELVE 80 PÉS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39078", "247")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39078", " CORTINA DE REFRIGERAÇÃO CÓD-247")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39079", "274")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39079", " BATEDOR PLANETARIA DE INÓX USIRAM-CÓD.274")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39073", "347")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39073", " LAMINADOR CERÂMICA BONFANTI - CÓD.347")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39092", "443")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39092", " ELETROÍMÃ - CÓD.443")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39101", "477")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39101", " VIRADOR DE TAMBOR - CÓD.477")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39097", "483")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39097", " TRANSFORMADOR A SECO 1250KVA 4368-3952V / 440V SIEMENS - CÓD.483")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39105", "486")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39105", " COMPRESSOR PARAFUSO ATLAS COPCO GA 507 60 HP - CÓD. 486")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39072", "492")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39072", " TORRE DE REFRIAMENTO CARAVELA 180X180X220 CM - CÓD.492")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39096", "493")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39096", " CAIXAS PP 55X88X105CM -CÓD.493")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39087", "497")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39087", " GUILHOTINA MECATRO 3000X20MM (3/4") - CÓD.497")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39106", "499")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39106", " EXTRUSORA RECUPERADORA PLÁSTICO AVANTE 60MM - CÓD.499")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39076", "505")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39076", " CAIXA D'ÁGUA 5000 LITROS FORTLEV  - CÓD.505")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39090", "510")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39090", " ENVASADORA AÇO INÓX")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39088", "523")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39088", " EXTRUSORA BORGMAR 90MM - CÓD. 523")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39074", "530")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39074", " COMPRESSOR PARAFUSO ATLAS COPCO GA-307 50 HP 10 BAR - CÓD. 530")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39095", "534")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39095", " DRYCOOLER MECALOR 200 MODULAR")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39070", "536")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39070", " FILTRO DE AREIA - CÓD. 536")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39107", "539")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39107", " CABINE DE JATEAMENTO DE AREIA - CÓD. 539")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39075", "540")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39075", " SERRA DE FITA COM SOLDADOR - CÓD. 540")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39093", "541")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39093", " FURADEIRA KONE COLUNA E CORREIA - CÓD. 541")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39071", "542")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39071", " ROSQUEADEIRA PNEUMATICA ARTICULADA - CÓD. 542")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39085", "543")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39085", " LAVA LOUÇA ECOLAB ES2000 - CÓD. 543")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39077", "551")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39077", " MOINHO PLÁSTICO RONE 400MM MOTOR 30CV C/ PAINEL REVISADO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39091", "552")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39091", " SECADOR DE AR PARA COMPRESSOR")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39083", "554")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39083", " CILINDRO MISTURADOR BORRACHA BONITO 700 X 300 MM - CÓD. 554")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39098", "556")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39098", " CILINDRO MISTURADOR BORRACHA BONITO 500 X 230 MM - CÓD. 556")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39094", "557")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39094", " EXTRUSORA BORRACHA BUZULUK - CÓD. 557")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39102", "558")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39102", " PRENSA HIDRÁULICA VULCANIZADORA BORRACHA 400 X 400 MM - CÓD. 558")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39080", "559")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39080", " MOINHO PLÁSTICO PRIMOTÉCNICA 800MM PAINEL ELÉTRICO - CÓD. 559")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39084", "560")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39084", " AGLUTINADOR DE PLÁSTICO 75HP")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...767 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39103", "561")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39103", " TORNO AUTOMÁTICO TRAUB A15 (POSSUI PROTEÇÃO E ALIMENTADOR)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>