--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,4507 +269,3947 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39478", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39478", "AGLP-GVO8501-2019-CAMINHÃO M.BENZ, MOD. MERCEDES 914C, ANO 2002")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39444", "016")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39444", "GOV-044-2019- CAMINHÃO M. BENZ CARROCERIA GUINDASTE 710, ANO 2001 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39476", "017")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39476", "SLS-NWS6061-2019 - CAMINHONETE - MITSUBISHI - L200 - ANO: 2010/2011")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39221", "018")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39221", "FAB-RE3912-2019 - CARTEPILLAR 390 D - 523 HP, ANO 2012")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39220", "019")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39220", "FAB-RE3909-2019 - CATERPILLAR 390D - 523 HP, ANO 2012")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>90.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39219", "020")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39219", "FAB-PM8509-2019 - CATERPILLAR 980H, ANO 2005")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39157", "021")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39157", "MARI-PR6354-2019 - CATERPILLAR 777B, ANO 1991")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39154", "022")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39154", "BRU-CA5812-2019 - Caminhão Fora Estrada - Caterpillar -  - Ano: 2006 ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39161", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39161", "FAB-PM4323-2019 - CATERPILLAR 980H - 318 HP (L), ANO 2011")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39218", "024")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39218", "FAB-PM4325-2019 - CATERPILLAR 980H - 318HP (L), ANO 2011")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39149", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39149", "082-1481-2019 - CARRO PLATAFORMA JLG - JLG - 1350 SJP - ANO: 2010 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39148", "026")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39148", "082-1480-2019 - CAMINHÃO COMBOIO - MERCEDES BENZ - AXOR 2423 K - ANO: 2005")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39147", "027")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39147", "082-1479-2019 - CAMINHÃO - MERCEDES BENZ - 2423 K36 - ANO: 2003")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39146", "028")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39146", "082-1477-2019 - CAMINHÃO GUINDASTE - MERCEDES BENZ - AXOR 2826 6X4 - ANO: 2011")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>208.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39145", "029")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39145", "082-1476-2019 - CAMINHÃO - MERCEDES BENZ - AXOR 2826 6X4 - ANO: 2011")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39144", "030")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39144", "082-1474-2019 - CAMINHÃO - MERCEDES BENZ - 1720 TANQUE- ANO: 2005 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39150", "031")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39150", "ACD-0015-2019 - CAMINHÃO - M.BENZ/LK 1620 - SEMIPESADO - ANO: 2002")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39230", "032")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39230", " SLS-NXI0517-2019- AMBULÂNCIA FURGÃO - FORD - TRANSIT UNIVIDA - ANO: 2011 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39228", "033")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39228", " SLS-NXH7882-2019- AMBULÂNCIA FURGÃO - FORD - TRANSIT UNIVIDA - ANO 2011")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39152", "034")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39152", "ACD-0017-2019 - VEICULO MITSUBISHI L200, ANO 2006, ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39151", "035")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39151", "ACD-0016-2019 - CARRETA - SR/NOMA SR3E27 RT CG -  ANO: 2000 veja especificações")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39153", "036")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39153", "ACD-0018-2019 - CARRETA - SR/NOMA SR3E27 RT CG - ANO: 2001 - veja especificações")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39156", "037")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39156", "FAB-MBR-MP24019-2019 - EMPILHADEIRA CATERPILLAR 226B MINI, ANO 2011")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>8.700,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39155", "038")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39155", "FAB-EMP15-2019 - EMPILHADEIRA - HYSTER 230HD, ANO0 2003")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>151</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39470", "039")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39470", "OIA-073-2019 - 4 TALHAS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39472", "040")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39472", "OIA-071-2019 - 3 ITENS: 1 CABINE de ELEVADOR e 2 CONJ. de ACIONAMENTO DE ELEVADOR")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39160", "041")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39160", "CKS-084-2019 - BOMBA CENTRÍFUGA DE POLPA 10/8F AHP R55/A05")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39396", "042")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39396", "ACD-0019-2019 - 6 EQUIP. IND. MAQ. LAVAR/SECAR E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39417", "043")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39417", "CD-071-2019 - 265 itens CHAPAS DE DESGATE, MANDIBULA E OUTROS veja desritivo de itens")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39222", "044")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39222", "SIS-006-2019 - EMPILHADEIRA - PALETRANS   HIDRÁULICA MANUAL DE VIRAR TAMBOR ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39458", "045")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39458", "CKS-102-2019- 400 ITENS- ROLAMENTOS DIVERSOS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>244</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39227", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39227", "082-1484-2019 - 102 ITENS DE SUPORTE RODOVIÁRIO - PRATO, TREMONHA E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39262", "047")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39262", " OIA-029-2019 - 45 ITENS DIVERSOS, VÁLVULA, MANCAL e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39268", "048")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39268", " OIA-039-2019- 06 PÇS, JUNTA COMPONENTE; TIPO: EXPANSAO; MATERIAL: BORRACHA NATURAL, ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39259", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39259", " OIA-045-2019- 01 PÇA- EIXO PINHAO CJ; TIPO: INTERMEDIARIO; APLICACAO: REDUTOR")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39266", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39266", " OIA-046-2019 - 01 PÇA- EIXO PINHAO CJ; TIPO: INTERMEDIARIO; APLICACAO: REDUTOR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39256", "051")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39256", " OIA-047-2019- 01 PCA- EIXO PINHAO CJ; TIPO: INTERMEDIARIO; APLICACAO: REDUTOR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39264", "052")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39264", " OIA-050-2019- 02 PÇS,CILINDRO COMPONENTE; TIPO: HIDRAULICO;")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39225", "053")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39225", "082-1471-2019 - 600 - ITENS DIVERSOS: CORREIAS MANGUEIRAS E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39250", "054")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39250", " S11D-003-2019-  24 PÇS- PARTES DE BRITADOR,MANTO; APLICACAO: BRITADOR CH660")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39397", "055")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39397", "CD-028-2019 - 140 ITENS PINHÃO EIXO E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39398", "056")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39398", "CD-029-2019 - 100 peças e 6 mts LENCOL E BORRACHA  veja descritivo de itens")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39253", "057")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39253", " OIA-049-2019- 02 PÇS, CILINDRO COMPONENTE; TIPO: HIDRAULICO; MATERIAL: ACO CARBONO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39261", "058")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39261", " OIA-048-2019 - 65 ITENS DIVERSOS, CILINDRO,HASTE e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39159", "059")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39159", "082-1455-2019 - ESMERIL DE COLUNA, ANO 2011")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39229", "060")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39229", " SLS-MROZIPI-006-2019 -LÃ DE ROCHA (CENTRIFUGADORES, INCLUINDO OS SECADORES CENTRIFUGOS ")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39241", "061")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39241", " SLS-MRO-070-2019 -119 ITENS DIVERSOS, GUARDA, TUBO,GUIA e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39242", "062")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39242", " SLS-MRO-069-2019-APROX. 380 MTS.CORREIA TRANS 14MM 6MM 2200MM")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>30.100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39245", "063")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39245", " SLS-MRO-067-2019-APROX. 214 MTS. CORREIA TRANSPORTADORA; TIPO: ABERTA veja especificações")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>10.050,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39234", "064")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39234", " SLS-MRO-066-2019-6495 ITENS - BOBINA, ARRUELA  e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39246", "067")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39246", " SLS-MRO-062-2019 - 49 itens, BOMBA,EIXO e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39237", "068")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39237", " SLS-MRO-049-2019-1249 itens ROLAMENTO, FUSIVEL ESCOVA e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39247", "069")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39247", " SLS-EQ-041-2019 - 03 CÂMERAS DIGITAL SONY CYBER-SHOT- 14.1 ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39233", "070")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39233", " SLB-065-2019 - 247 ITENS Cx COMPON; HIDROCICLONE, BORRACHA E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39235", "071")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39235", " SLB-063-2019 - 49 ITENS - VALVULA GUILHOTINA,PARTES E PECAS EQUIPAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39244", "072")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39244", " SLB-062-2019 - 1636 ITENS, CURVA c/ rosca 90°, ESPAÇADOR e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39238", "073")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39238", " SLB-060-2019 - 152 itens, PISTÃO, TRANSDUTOR e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39243", "074")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39243", " SLB-058-2019  - 980 itens, PARAFUSO, BUCHA COMPONENTE e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39231", "075")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39231", " SLB-056-2019 - 239 itens MANGUEIRA, ELEMENTO FILTRO e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39249", "076")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39249", " SLB-055-2019- 02 PÇS - CILINDROS CONJUNTO LATERAL; APLICACAO: PENEIRA MF12X24LH")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39239", "077")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39239", " SLB-054-2019- 03 PÇS- FILTRO AR; APLICACAO: ESCAVADEIRA 7495HD; 141269")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39236", "078")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39236", " SLB-052-2019- 17 PÇS-BASE COMPONENTE; TIPO: SUPORTE, CONJUNTO COMPONENTE; TIPO: VEDACAO")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39251", "079")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39251", " SLB-051-2019- 06 itens,CILINDRO COMPONENTE; TIPO: ACIONAMENTO,ENGRENAGEM COMPONENTE; ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39252", "080")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39252", " S11D-009-2019- 19 PÇS - BRITADOR PARTES E PECAS - CONCAVO")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>10.900,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39248", "081")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39248", " S11D-004-2019 - 600 itens, LAMINA RASPADORAS DIVERSAS - veja descritivo de itens")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39257", "083")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39257", " PIC-160-2019 - 213 itens, INTERRUPTOR e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39254", "084")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39254", " OIA-056-2019 - 425 itens DIVERSOS, MEDIDOR ,PASTILHA  E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39269", "085")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39269", " OIA-055-2019- 04 PÇS- SENSOR;  MATERIAL: ALUMINIO FUNDIDO; APLICACAO: QUEIMADOR FORNO;")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39260", "086")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39260", " OIA-054-2019 - 20 itens SENSOR ÓPTICO;E OUTROS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39412", "086")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39412", "CD-039-2019 - 19 PARTES E PECAS; PASTILHA  veja especificação")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39418", "087")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39418", "CD-072-2019 - 36 POLIAS E COMPONENTES veja descritivo de itens")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39419", "088")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39419", "CD-073-2019 - 124 itens  EIXO, CORREIRA E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39421", "089")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39421", "CD-074-2019 - 60 itens RODAS,POLIAS E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39435", "090")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39435", "CD-077-2019 - 140 itens EQUIPAMENTOS PARA MAQ. CAT. Veja descritivo de itens")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39437", "091")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39437", "CKS-099-2019 - 12 DISJUNTOR SCHNEIDR EVOLIS 4.16 KV veja especificações")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39436", "092")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39436", "CKS-098-2019 - 85 APARELHO DE TELEFONE SIEMENS veja descritivo de itens")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39265", "093")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39265", " OIA-043-2019 -14 itens, TRANSDUTOR COMPONENTE, PRESSÃO; e OUTROS - veja descritivo")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39434", "094")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39434", "CD-075-2019 - 330 itens GRADES, TELAS e OUTROS  veja descritivo de itens")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39255", "095")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39255", " OIA-038-2019 - 08 ITENS, JUNTA COMPONENTE; CONEXÃO COMPONENTE E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39258", "096")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39258", " OIA-035-2019- 03 PÇS, SILENCIADOR COMPONENTE; TIPO: FILTRO; MATERIAL: ACO CARBONO")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39267", "097")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39267", " OIA-021-2019- 96 itens, MANOMETRO, TERMOSTATO E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39263", "098")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39263", " OIA-026-2019 - 15 ITENS DIVERSOS, VÁLVULA, TIPO: GAVETA, REGULADOR e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39422", "099")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39422", " MUT-014-2019- 03 PÇS, DESKTOP WORKSTATION Z600, PROJETHOR VPL")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39429", "100")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39429", " MUT-013-2019 - 03 PÇS, PURIFICADOR DE ÁGUAS, PORTA DE VIDRO TEMPERADO - veja descritivo de itens")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39428", "101")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39428", " MUT-011-2019 - 18 ITENS- MESAS ESCRITÓRIO, CADEIRAS E GAVETEIROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39432", "102")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39432", " MCR-214-2019- 40 LAMINA RASPADORA PRIM 127MM 125MM")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>0,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39425", "103")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39425", " MCR-213-2019 -1.050 ITENS DIVERSOS, DISCO DE FREIO, CILINDRO; MANÔMETRO e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39427", "104")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39427", " MCR-210-2019- 09 PÇS- CILINDRO DA REDUZIDA;1345149;SCANIA, ATUADOR Nº 3408326 24V WT 30000 PR 35866")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39431", "105")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39431", " MCR-208-2019 - 480 ITENS DIVERSOS, CORREIAS V, IMPULSOR, CATERPILLAR 243827 - veja descritivo de itens")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39430", "106")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39430", " MCR-200-2019 -512 ITENS DIVERSOS, TAMPA TRASEIRA P/MOTOR DIVERSOS E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39426", "107")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39426", " MCR-199-2019 - 1.638 ITENS DIVERSOS, RETENTORES, GAXETA, ANÉIS E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39423", "108")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39423", " MCR-188-2019 - 20 PÇS- PLACA DE DESGASTE EM BORRACHA DE ALTA RE")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>0,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39416", "109")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39416", "CD-066-2019 - 190 itens TELAS veja descrito de itens")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39270", "110")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39270", "082-1485-2019 - 380 ITENS DIVERSOS THERMORESISTENCIA, PARAF. E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39411", "111")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39411", "CD-035-2019 - 2 PINHAO MAGNÉTICO INBRAS veja especificações")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39413", "112")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39413", "CD-042-2019 - 380 PARTES E PEÇAS e 3100 metros: CABOS, ENGRENAGEM..veja descritivo de itens")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39414", "113")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39414", "CD-046-2019 - 240 ITENS JUNTAS E VEDAÇÃO veja descritivo de itens")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39271", "115")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39271", "ACD-0014-2019 - 5 TELEVISOR DE 29 POLEGADAS TELA PLANA SLIM veja descritivo de itens")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39158", "116")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39158", "082-1454-2019  -24 TELEFONE SIEMENS -  veja descritivo de itens")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39143", "117")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39143", "082-1453-2019 - 5 APARELHO TELEF DIGITAL, SIEMENS; MODELO OTPOINT ADVANCE 500 ADV; ANO 2011")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39433", "118")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39433", " MUT-015-2019- 01 CONDICIONADOR DE AR SPLIT DE 9000 BTUS 220V- LOC. NOVA LIMA / MG ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39424", "119")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39424", " MCR-178-2019 - 270 itens MANGUEIRA MT HIDRÁULICA MONTADA e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39438", "120")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39438", "ITA-106-2019-02 PÇS  REDUÇÃO CONCÊNTRICA, AMORTECEDOR DE VIBRAÇÃO")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39439", "121")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39439", "GOV-056-2019 - 85 itens ELEMENTO FILT FLUID, CONJUNTO ROTATIVO e OUTROS - veja descritivo")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39440", "122")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39440", "GOV-053-2019 - 1400 itens, ACOPLAMENTO, MANGUEIRA e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39441", "123")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39441", "GOV-052-2019 - 50 itensFILTRO FLUIDO, FUSÍVEL CORRENTE NOMINAL - veja descritivo de itens")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39442", "124")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39442", "GOV-051-2019-02 PÇS- CABOS APLICACAO: CAMINHAO")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39443", "125")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39443", "GOV-050-2019- 641 ITENS DIVERSOS- BOTAO COMPONENTE; TIPO: DIGITAL, REGULADOR COMPONENTE E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39445", "126")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39445", "GOV-048-2019- 01 RODA COMPONENTE ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39448", "127")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39448", "GOV-047-2019- 28 PÇS- TIRANTE COMPONENTE, PORCAS ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39453", "128")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39453", "CPBS-013-2019- 77 ITENS DIVERSOS - ANTENA TRANSMISSORA, PLUGUE COMPETENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39454", "129")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39454", "CPBS-012-2019- 25 itens CAIXA ROLAMENTO, CHAPA COMPONENTE E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39455", "130")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39455", "CKS-MRO-097-2019-1587 ITENS DIVERSOS- RETENTOR VEDAÇÃO, BOBINA COMPONENTE, ANEL COMP. E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39456", "131")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39456", "CKS-MRO-096-2019- 23 ITENS DIVERSOS- CUBO RODA, RADIADOR, SUSPENSÃO DIANTEIRA E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39457", "132")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39457", "CKS-MRO-088-2019- 1374 ITENS DIVERSOS,REPARO COMPONENTE, ANEL DISTANCIADOR E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39224", "133")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39224", "SLS-EQ-047-2019 - WHITING CORP 50T-MB-MX-212/001 ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39459", "134")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39459", "CKS-101-2019-220 ITENS- ROLAMENTOS DIVERSOS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>35.700,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39482", "135")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39482", "ACD-0013-2019-04 pçs- LIXADEIRA ANG; 7P; 220V; BOSCH, Ano 2013 ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39483", "136")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39483", "CD-061-2019 - 143 ITENS DIVERSOS- ELEMENTO FILTRO FLUIDO, BICO COMPONENTE E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39484", "137")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39484", "CKS-MRO-104-2019 - 900 itens - ROLAMENTO, TUBO METÁLICO e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39485", "138")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39485", "GOV-049-2019 - 270 ITENS DIVERSOS-MANGUEIRA METALICA,VALVULA COMPONENTE E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39486", "139")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39486", "GOV-054-2019-46 ITENS- MESAS DE REFEITÓRIO , CADEIRAS DIVERSAS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39487", "140")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39487", "GOV-055-2019 - 24 ITENS DIVERSOS- CADEIRAS DE ESCRITORIO, GAVETEIROS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39488", "141")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39488", "MCR-194-2019- 1873 ITENS- GANCHO;TRAVA;PENEIRAS, RASPADOR 6630181 SIMPLEX")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39489", "142")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39489", "MUT-012-2019-03 PÇS- Outras Centrais Autom Computaçao Pacote - Tablet Intermec - Modelo CK3A1")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39490", "143")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39490", "OIA-015-2019- 04 PÇS - ACCESS POINT CISCO AIRONET 1140")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39491", "144")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39491", "OIA-019-2019- 05 PÇS- BOMBAS PARA ABASTECIMENTO DE COMBUSTÍVEL")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39492", "145")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39492", "OIA-020-2019- 04 PÇS SWITCH CORE")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39493", "146")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39493", "OIA-027-2019-37 ITENS DIVERSOS, VALVULA COMPONENTE, CAMARA AR- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39494", "147")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39494", "OIA-030-2019-70 ITENS DIVERSOS- FILTRO COMPONENTE, ELEMENTO FILTRANTE COMPONENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39495", "148")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39495", "OIA-031-2019- 34 ITENS DIVERSOS- MEDIDOR COMPONENTE, SENSOR COMPONENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39496", "149")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39496", "OIA-034-2019- 13 IITENS BOMBA COMPONENTE, IMPULSOR COMPONENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39466", "150")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39466", "PIC-158-2019 - 14 itens VÁVULAS, VENTILADOR e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39467", "151")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39467", "OIA-076-2019 - 5 VÁLVULAS")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39468", "152")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39468", "OIA-075-2019 - 3 TAMBORES")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...873 lines deleted...]
-      <c r="D40" s="4" t="inlineStr">
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39469", "153")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39469", "OIA-074-2019 - 1  PAINEL ELÉTRICO")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E40" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D42" s="4" t="inlineStr">
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39471", "154")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39471", "OIA-072-2019 - 4 CHAPAS METÁLICAS")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39473", "155")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39473", "OIA-070-2019 - 160 itens - ANEL, EIXO e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E42" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D43" s="4" t="inlineStr">
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39474", "156")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39474", "OIA-053-2019 -  40 itens CONECTOR, CAPACITOR e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...388 lines deleted...]
-      <c r="F55" s="4" t="inlineStr">
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-[...3006 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39475", "157")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39475", "OIA-052-2019 - 10 VÁLVULA, AMORTECEDOR e OUTROS veja descritivo de itens")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>