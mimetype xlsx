--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,4059 +269,3555 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40364", "1258")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40364", "IMPRESSORA TERMICA TSC TTP246M, 279849-2  - parou funcionando                 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39316", "2468")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39316", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291805-6 (parou funcionando)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39312", "2469")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39312", " IMPRESSORA TERMICA DATAMAX I4212E, Nº FCBM 291804-8 (parou funcionando)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39313", "2470")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39313", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291803-0 (parou funcionando)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39352", "2471")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39352", " IMPRESSORA TERMICA 246M, Nº FCBM 269160-4 (parou funcionando)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39395", "2489")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39395", "FITA RIBON 180 aproximadamente, sem uso")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39320", "2502")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39320", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 299161-6 (parou funcionando)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39302", "2506")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39302", " IMPRESSORA TERMICA DATAMAX 4212,  Nº FCBM 291794-7 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39360", "2507")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39360", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291493-0 (parou funcionando)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39372", "2508")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39372", " IMPRESSORA TERMICA DATAMAX  4212E,  Nº FCBM 291796-3 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39311", "2509")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39311", " IMPRESSORA TERMICA DATAMAX  4212E,  Nº FCBM 291797-1 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39307", "2512")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39307", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291657-6 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39377", "2513")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39377", " IMPRESSORA TERMICA  246M, Nº FCBM 279822-1 (parou funcionando)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39381", "2515")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39381", " IMPRESSORA TERMICA 246M, Nº FCBM 279827-1  (parou funcionando)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39310", "2516")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39310", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291799-8 ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39374", "2517")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39374", " IMPRESSORA TERMICA DATAMAX  4212E,  Nº FCBM 291793-9 ( parou funcionando)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39378", "2518")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39378", " IMPRESSORA TERMICA 246M, Nº FCBM 279823-9 (parou funcionando)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39281", "2519")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39281", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291560-0  ( parou funcionando)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39345", "3403")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39345", " IMPRESSORA TERMICA TSC TTP 246M PLUS, Nº FCBM 259738-1 ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39368", "3515")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39368", " IMPRESSORA TERMICA DATAMAX  4212E,  Nº FCBM 291627-4 ( parou funcionando)")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39340", "3516")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39340", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291449-2 (parou funcionando)")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39371", "3517")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39371", " IMPRESSORA TERMICA DATAMAX  4212E, Nº FCBM 291626-6  (parou funcionando)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39339", "3592")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39339", " IMPRESSORA TERMICA DATAMAX  4212E, Nº FCBM 291482-4  (parou funcionando)")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39369", "3605")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39369", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291628-2 (parou funcionando)")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39373", "3607")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39373", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291630-4 (parou funcionando)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39292", "3608")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39292", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291596-1  (parou funcionando)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39388", "3791")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39388", " IMPRESSORA TERMICA 246M, Nº FCBM 279837-9  (parou funcionando)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39344", "3792")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39344", " IMPRESSORA TERMICA TSC  246M, Nº FCBM 259737-3 (parou funcionando)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39342", "3793")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39342", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291483-2 (parou funcionando)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39335", "3794")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39335", " IMPRESSORA TERMICA 246M, Nº FCBM 269155-8 ( parou funcionando)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39288", "3799")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39288", " IMPRESSORA TERMICA DATAMAX  4212E, Nº FCBM 291595-2  ( parou funcionando)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39275", "3800")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39275", " IMPRESSORA TERMICA DATAMAX 4208, Nº FCBM 229082-1 ( parou funcionando)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39301", "3801")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39301", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291632-1  (parou funcionando)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39303", "3802")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39303", " IMPRESSORA TERMICA DATAMAX  4212E,  Nº FCBM 291640-1 (parou funcionando)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39366", "3804")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39366", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291527-8  ( parou funcionando)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39365", "3805")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39365", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291528-6 (parou funcionando)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39323", "3807")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39323", " IMPRESSORA TERMICA DATAMAX  4212E, Nº FCBM 299340-6  ( parou funcionando)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39332", "3808")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39332", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291446-8 (parou funcionando)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39337", "3809")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39337", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291447-6 (parou funcionando)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39280", "3810")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39280", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291444-1 (parou funcionando)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39322", "3811")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39322", " IMPRESSORA TERMICA DATAMAX I-CLASS 4212E, Nº FCBM 299341-4 ( parou funcionando)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39284", "3815")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39284", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291563-4 ( parou funcionando)")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39286", "3819")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39286", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291576-6  (parou funcionando)")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39290", "3824")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39290", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291575-8 ( parou funcionando)")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39289", "3825")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39289", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291598-7 (parou funcionando)")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39328", "3826")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39328", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 301827-0 (parou funcionando)")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39391", "3828")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39391", "IMPRESSORA TERMICA  TTP246, Nº FCBM 279844-1 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39347", "3829")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39347", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291487-5 (parou funcionando)")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39297", "3830")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39297", " IMPRESSORA TERMICA DATAMAX  4212E, Nº FCBM 291622-3 (parou funcionando)")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39357", "3831")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39357", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291491-3 (parou funcionando)")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39348", "3832")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39348", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291484-1 ( parou funcionando)")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39349", "3833")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39349", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291485-9 (parou funcionando)")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39319", "3834")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39319", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 299160-8 (parou funcionando)")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39350", "3835")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39350", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291486-7 (parou funcionando)")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39356", "3836")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39356", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291489-1 (parou funcionando)")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39358", "3837")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39358", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291488-3 (parou funcionando)")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39359", "3838")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39359", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291492-1 (parou funcionando)")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39341", "3839")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39341", " IMPRESSORA TERMICA 246M, Nº FCBM 259724-1 (parou funcionando)")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39314", "3840")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39314", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291806-4  (parou funcionando)")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39386", "3843")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39386", " IMPRESSORA TERMICA 246M, Nº FCBM 279834-4 (parou funcionando)")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39370", "3847")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39370", " IMPRESSORA TERMICA 246M, Nº FCBM 279818-2 (parou funcionando)")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39295", "3848")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39295", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291608-8 (parou funcionando)")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39392", "3849")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39392", "IMPRESSORA TERMICA 246M, Nº FCBM 279843-3 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39330", "4568")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39330", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314163-2  (parou funcionando)")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39315", "4569")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39315", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 292444-7 (parou funcionando)")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39321", "4679")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39321", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 299334-1 (parou funcionando)")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39382", "4742")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39382", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279829-8  (parou funcionando)")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39325", "4743")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39325", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314161-6  (parou funcionando)")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39291", "4744")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39291", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291597-9  (parou funcionando)")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39385", "4745")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39385", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279836-1  (parou funcionando)")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39327", "4746")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39327", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314164-1  (parou funcionando)")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39299", "4788")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39299", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291610-0  (parou funcionando)")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39329", "4789")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39329", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314162-4  (parou funcionando)")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40365", "4794")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40365", "IMPRESSORA TERMICA TSC TTP246M, 279850-6  - parou funcionando                   ")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39282", "4795")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39282", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291562-6  (parou funcionando)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39343", "4848")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39343", " IMPRESSORA TERMICA DATAMAX I-CLASS 4208, Nº FCBM 249312-8 (parou funcionando)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39287", "5569")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39287", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291574-0 (parou funcionando)")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39331", "5570")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39331", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314166-7  (parou funcionando)")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39334", "5571")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39334", " IMPRESSORA TERMICA DATAMAX 4212E,  Nº FCBM 291448-4  ( parou funcionando)")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39318", "5573")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39318", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 299333-3  (parou funcionando)")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39283", "5580")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39283", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291564-2  (parou funcionando)")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39309", "5581")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39309", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 291656-8  (parou funcionando)")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39353", "5584")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39353", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 269158-2  (parou funcionando)")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39285", "5585")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39285", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291566-9  (parou funcionando)")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39393", "5587")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39393", "IMPRESSORA TERMICA 246M, Nº FCBM 279848-4 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39351", "5589")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39351", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 269159-1  (parou funcionando)")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39333", "5611")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39333", " IMPRESSORA TERMICA DATAMAX   4212E, Nº FCBM 314474-7  (parou funcionando)")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39305", "5648")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39305", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291744-1  (parou funcionando)")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39355", "5650")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39355", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 269157-4  (parou funcionando)")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39304", "5651")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39304", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291745-9  (parou funcionando)")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39306", "5652")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39306", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291741-6  (parou funcionando)")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39308", "5655")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39308", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291743-2  (parou funcionando)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39354", "5656")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39354", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 269156-6  (parou funcionando)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39394", "5658")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39394", "IMPRESSORA TERMICA 246M, Nº FCBM 279847-6 (PAROU FUNCIONANDO)")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39324", "5660")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39324", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 300098-2  (parou funcionando)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39363", "5662")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39363", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291510-3  (parou funcionando)")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39293", "5666")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39293", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291601-1  (parou funcionando)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40366", "5777")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40366", "IMPRESSORA TERMICA TSC TTP246M, 279845-0  - parou funcionando                  ")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39384", "5780")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39384", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279833-6  (parou funcionando)")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39375", "5781")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39375", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279819-1  (parou funcionando)")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40367", "5784")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40367", "IMPRESSORA TERMICA TSC TTP246M, 279846-8  - parou funcionando                     ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39376", "5785")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39376", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279820-4  (parou funcionando)")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39361", "5787")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39361", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291508-1  (parou funcionando)")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39364", "5788")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39364", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291509-0  (parou funcionando)")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39367", "5789")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39367", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279817-4  (parou funcionando)")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39278", "5790")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39278", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291513-8  (parou funcionando)")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39279", "5793")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39279", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291511-1  (parou funcionando)")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39276", "5794")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39276", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291512-0  (parou funcionando)")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39294", "5796")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39294", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291603-7  (parou funcionando)")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39296", "5802")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39296", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291604-5  (parou funcionando)")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39389", "5803")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39389", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279838-7  (parou funcionando)")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39387", "5804")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39387", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279835-2  (parou funcionando)")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39338", "5807")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39338", " IMPRESSORA TERMICA TSC TTP 246M PLUS, Nº FCBM 259803-5  (parou funcionando)")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39336", "5808")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39336", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 269154-0  (parou funcionando)")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39326", "5813")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39326", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 300395-7  (parou funcionando)")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39346", "5886")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39346", " IMPRESSORA TERMICA TSC TTP 246M PLUS, Nº FCBM 259802-7  (parou funcionando)")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40368", "6053")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40368", "IMPRESSORA TERMICA TSC TTP246M, 279842-5  - parou funcionando                     ")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39383", "6054")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39383", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279831-0  (parou funcionando)")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39277", "7000")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39277", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279851-4  (parou funcionando)")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39380", "7001")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39380", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279826-3  (parou funcionando)")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39362", "7003")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39362", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279824-7  (parou funcionando)")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39379", "7004")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39379", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279825-5  (parou funcionando)")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39390", "7005")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39390", " IMPRESSORA TERMICA TSC TTP246M, Nº FCBM 279840-9  (parou funcionando)")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39317", "7006")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39317", " IMPRESSORA TERMICA DATAMAX 4212E, Nº FCBM 292446-3 (parou funcionando)")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39300", "7010")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39300", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291635-5  (parou funcionando)")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39298", "7013")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39298", " IMPRESSORA TERMICA DATAMAX I-CLASS   4212E,  Nº FCBM 291624-0  (parou funcionando)")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>