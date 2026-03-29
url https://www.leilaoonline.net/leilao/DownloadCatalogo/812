--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2875 +269,2519 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39591", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39591", " Notebook Lenovo i5 4GB HD320 (bom estado)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39599", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39599", " Notebook Lenovo i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39625", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39625", " Notebook Lenovo i5 4GB HD320 (bom estado)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39617", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39617", " Notebook Lenovo i5 4GB HD320 (bom estado)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39605", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39605", " Notebook Lenovo i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39603", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39603", " Notebook Lenovo i5 4GB HD320 (bom estado)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39641", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39641", " Notebook Lenovo i5 4GB HD320 (bom estado)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39619", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39619", " Notebook Lenovo i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39600", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39600", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39614", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39614", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39576", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39576", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39620", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39620", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39609", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39609", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39593", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39593", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39601", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39601", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39612", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39612", " Notebook Dell i5 4GB HD500 (bom estado)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39604", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39604", " Notebook HP i5 4G 320HD com Dock Station ( Bom estado)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39606", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39606", " Lote com: 2 notebooks Dell i3 4GB 500HD ( Bom estado)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39602", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39602", " Lote com: 2 notebooks Dell i3 4GB ( um: 500HD/ um: 320 HD  - Bom estado)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39594", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39594", " Lote com: 2 notebooks Dell i3 4GB 320HD e 500HD ( Bom estado)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39579", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39579", " Lote com: 2 notebooks Dell i3 4GB 320HD ( Bom estado)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39585", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39585", " Lote com: 2 notebooks Dell i3 4GB 320HD ( Bom estado)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39611", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39611", " Lote com: 2 notebooks Dell i3 4GB 500HD ( Bom estado)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39587", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39587", " Lote com: 2 notebooks Dell i3 4GB 500HD ( Bom estado)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39586", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39586", " Lote com: 2 notebooks Dell i3 4GB (um: 500 HD/um: 320 HD - Bom estado)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39582", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39582", " Lote com: 4 Notebooks LENOVO i3 4GB HD Funcionando ( 2 estão sem HD e memória)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39608", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39608", " Lote com: 9 Notebooks HP 4440s ( Faltam peças - todos com placa mãe)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39595", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39595", " Projetor EPSON s10 (Bom estado - Boa imagem)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39581", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39581", " Projetor EPSON s10 (Bom estado - boa imagem)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39598", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39598", " Projetor EPSON s12 (Bom estado - boa imagem)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39583", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39583", " Projetor EPSON s12 (Bom estado - boa imagem)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39613", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39613", " Projetor EPSON  (Bom estado - boa imagem)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39618", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39618", " Projetor SONY  (Bom estado - boa imagem)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39610", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39610", " Lote com: 2 projetores SONY ( Bom estado - Boa imagem)")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39577", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39577", " Lote com: 5 Projetores ( Com avarias e/ou Mal funcionamento)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39607", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39607", " Lote com: 9 TV's (Com avarias - 2 quebradas)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39616", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39616", " Lote com 9 Calculadoras HP ( 2 não funcionam - restante bom estado)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39596", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39596", " Lote com: 6 Um CPU, Calculadora, Mouse, teclado e monitores")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39597", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39597", " NO BREAK APC 2KVA com bateria")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39584", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39584", " NO BREAK APC 2KVA com bateria")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39590", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39590", " Lote com: 3 Porta-chaves MENNO 48un (sem uso)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39572", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39572", " Lote com: 3 Porta-chaves MENNO 48un (sem uso)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39592", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39592", " Lote com: 6 Porta-chaves MENNO 48un (sem uso)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39574", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39574", " Balança Eletrônica TOLEDO 2124/3")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39575", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39575", " Balança INOX LIDER")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39578", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39578", " Lote com: 12 refletores")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39580", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39580", " Lote com: Módulo (sem uso) Tape e caixas")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39573", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39573", " Lote com: Parafusos, Ferramentas, Carrinhos, Lixadeira (funcionando) ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39589", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39589", " Lote com: 3 Prateleiras")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39588", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39588", " Lote com 7 Ventiladores ( Com avarias)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39635", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39635", " Lote com 11 Ventiladores ( Com avarias)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39650", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39650", " Compressor 10 Pés 110/220 ( Funcionando)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39640", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39640", " Lote com: Materiais Elétricos diversos")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39651", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39651", " Bagageiro Volkswagen ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39653", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39653", " Lote com: Mangueira, ventiladores, escada, etc.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39632", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39632", " Lote com: Peças de cadeiras giroflex g64")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39634", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39634", " Lote com: Ferramentas e máquinas ( funcionando) ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39645", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39645", " Lote com: Registros diversos ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39615", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39615", " BALANÇA 1000KG ANTIGA RARIDADE (FUNCIONANDO)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39648", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39648", " Lote com: Fritadeira, descascador, batedeira, aquecedor de água, bebedouros e inoxidaveis em Geral")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39654", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39654", " Lote com: NO Break, transformadors, bancos de bateria, etc.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39647", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39647", " Lote com: 5 Rodas com Pneus 4x114")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39644", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39644", " Lote com: 4 Pneus 265/70/16 ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39637", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39637", " BANCO PARA BATERIAS LACERDA (VAZIO - 1,15X1,50X0,70)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39628", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39628", " BANCO PARA BATERIAS LACERDA (VAZIO - 1,15X1,50X0,70)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39630", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39630", " LOTE COM: APROX. 56 UNIDADES DE RODAS INDUSTRIAIS")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39624", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39624", " LOTE COM: 2 RACKS (2 METROS)")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39652", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39652", " LOTE COM: 2 BICICLETAS")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39633", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39633", " Ferrorama completo ( funcionando)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39646", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39646", " Lote com: Antiguidades diversas")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39639", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39639", " Lote com: 8 Cadeiras e 2 mesas altas")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39643", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39643", " Jukebox antiga para 100 CDs")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39649", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39649", " Lote com: 2 vasos de 1,5m. Com vidros de 10mm.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39623", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39623", " Lote com: Quadros em Latim, e objetos de igreja em Bronze")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39636", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39636", " Lote com: 2 quadros antigos de Campinas/SP")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39631", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39631", " Corrente em Ouro 7.3g ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39626", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39626", " Fiat Strada 2000/2001 ( funcionando)-Pl.final 8 - Doc.2019 OK")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39622", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39622", " Ford/Jeep Universal 1973 ( Funcionando)- PL. Final 9 - Doc.2019 OK")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39642", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39642", " Fiat Strada 2001 ( funcionando) - PL. final 0 - Doc.2019 OK")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39629", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39629", " Honda CB300 2011 (Funcionando)-PL. final 2- Doc.2019 OK")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39627", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39627", " VW Gol 1.0 2014 (funcionando) -PL final 5 - Doc.2019 OK")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39621", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39621", " Ford Transit 2.4 turbodiesel 2011 (Funcionando)  -Pl. Final 3 - Doc. 2019 OK")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>39.999,99</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39638", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/39638", " Lote com: Apróximadamente 3000 cabides")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40397", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40397", "CARRINHO COMPLETO PARA CHURRASCO")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40398", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40398", "Escada com rodízio 2.00 x 2.00")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40399", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40399", "Notebook Lenovo i5 4gb 500 HD (bom estado)")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40400", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40400", "Notebook Lenovo i5 4gb 500 HD bom estado")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...646 lines deleted...]
-      <c r="A37" s="5" t="inlineStr">
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40742", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40742", "Equipamentos de laboratório ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
-      <c r="B37" s="4" t="inlineStr">
-[...1965 lines deleted...]
-      </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40743", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40743", "Lote com: 6 ventiladores Ventisilva completos")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>