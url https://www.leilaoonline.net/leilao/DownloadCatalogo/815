--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40155", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40155", "VASSOURA MINI CARREGADEIRA")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40158", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40158", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40163", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40163", " Ford Cargo 4030. Prancha 9 m. Ano 1998. Pneus sucata")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>104.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40164", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40164", " Tanque de fibra. 16.000 L")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40167", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40167", " Outdoor 6x4. Com torre/ Pé direito")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40169", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40169", " Tow gow (central de concreto)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>69.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40165", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40165", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40166", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40166", " Caçamba para caminhão truck")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40168", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40168", " Escavadeira Doosan. Ano 2008 [ Vídeo ] ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40170", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40170", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>350.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40171", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40171", "[ RETIRADO ] GM SILVERADO. Ano 1998/ 99. Motor desmontado. Diesel. 6 cc. MWM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40184", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40184", "Guindaste Grove TMS 760. 60 Toneladas. Ano 1973. Sem motor. Sem câmbio. Sem jib. Sem Pneus.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40185", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40185", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>57.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40186", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40186", "Guindaste (só equipamento). Marca Irga. Capacidade 25 toneladas. Ano 1998. Com jibe  ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40192", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40192", "Guindaste Hyster modelo K-110. Capacidade 5-tonelada (canarinho). Braço inclinável, movido a GLP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40207", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40207", "Escavadeira Komatsu PC-200/97 . Ano 1997 - motor desmontado.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>64.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40208", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40208", "Rolo compactador. Mod. SP 3000.  Ano 1980")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40156", "101")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40156", "Mini Rolo Compactador")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40174", "102")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40174", "PLATAFORMA DE CORTE")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40173", "103")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40173", " 4 ENSILADEIRAS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40182", "104")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40182", " Duas válvulas rotativas para grãos")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40180", "105")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40180", " Duas válvulas rotativas para grãos")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40177", "106")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40177", " Duas válvulas rotativas para grãos")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40176", "107")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40176", " Duas válvulas rotativas para grãos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40178", "108")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40178", " Cabine Agralle")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40179", "109")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40179", " Niveladora 14 discos")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40175", "110")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40175", " Tanque para líquidos")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40181", "111")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40181", " Plataforma hidráulica")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40191", "112")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40191", "Empilhadeira a gás Yale G87p. Ano 85. Funcionando [ confira os vídeos ]")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40196", "113")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40196", "3 peças de Implementos Agrícolas")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40153", "204")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40153", " PLATAFORMA COLHEDORA DE MILHO 5/70 . Marca:  MASSEY FERGUSON . Modelo:  MOD. 5/70 . Ano:  1996")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40172", "205")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40172", "PLANTADEIRA TATU ANO 2013 MODELO PST 4 COM 10 LINHAS DE 45 CM (REFORMADA)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40161", "206")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40161", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 143")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40162", "207")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40162", "Plantadeira. Plantio direto. Marca Kuhn Mod. PG Extra 1300. Ano 2015. Série OH 144")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40183", "208")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40183", "Plantadeira SPA Megaflex 4500 Baldan. Ano 2011")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40193", "209")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40193", "Grade Aradora 40/28 - Discos e Mancais novos")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40188", "401")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40188", " Roçadeira")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40190", "403")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40190", "COMBOIO PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40189", "404")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40189", " Jogo de peso de trator valtra")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40187", "405")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40187", " Reboque Noma mod. RB1E2E. Ano 2006/2006")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40357", "406")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40357", "CAMINHONETE GM D10. Ano 1984.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40407", "407")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40407", "Carroceria transbordando Sermag mod12500 . Ano 2008")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40408", "408")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40408", "L 200 4x4. Ano 2001/2002. Ar condicionado, direção hidráulica, Diesel")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40409", "409")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40409", "Trator Massey Ferguson mod. MF 290. Ano 86")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>27.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40157", "501")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40157", "COLHEITADEIRA VALTRA BC 7500. Ano 2010. Com plataforma de corte de 25 pés")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...57 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40194", "601")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40194", "MOTO HONDA CRF 230. ANO 2009. COM ACESSÓRIOS. BOM ESTADO.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40195", "602")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40195", "VEICULO GAIOLA  MARCA BY COLELLA. MOTOR AP 2.0. BOM ESTADO.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40197", "701")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40197", "FORD CORCEL ANO 1973 LUXO. Gasolina. Cor: Azul- Motor: 1.4; Potência 72 CV; Documentação em ordem. [ confira o vídeo ] ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>15.800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40198", "801")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40198", "GRANDE QUANTIDADE DE PEÇAS ORIGINAIS VEÍCULOS FIAT E  DUCATO. SEGUE LISTA ANEXO COM DESCRITIVO DAS PEÇAS E VALORES DE CUSTO.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40199", "802")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40199", "Roçadeira Yamasaki a gasolina. Pouco tempo de uso. Em Funcionamento.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40200", "803")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40200", "MOTO SERRA. Marca STIHL. Mod. MS 170. Pouco uso. Em funcionamento.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40201", "901")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40201", "TRATOR DE ESTEIRAS. MARCA FIATALLIS. MOD. AD7B. ANO 1978 - MOTOR MWM 229. EMBREAGEM/ LÂMINA ARTICULADA. REVISADO")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40206", "1001")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40206", " ROÇADEIRA DE ARRASTO. MARCA AVARÉ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40204", "1002")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40204", " Micro Ônibus  Asia Motors. Modelo AM 825 T. Ano 1998/1998. Diesel. 20 lugares.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40205", "1003")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40205", " Semi reboque baú. Marca Tectram. Mod. FD F2. Ano 1995. 2 eixos. Pneus regulares")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...1566 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40203", "1004")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40203", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>