--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5317", "202")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5317", " HYUNDAI, I 30 2.0, 2011/2012, PRATA, GASOLINA; APR0X. 55.000KM;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5320", "205")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5320", "I; MMC AIRTREK MIVEC. ANO/MOD. 2006/2006, COMB. GASOLINA, COR PRATA,")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5437", "207")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5437", " I; MMC ASX 2.0; 2011/2012; BRANCA; GASOLINA;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5438", "208")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5438", " VW; JETTA 2.0; 2011/2012; BRANCA; ALCO./GASOL.;")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5304", "210")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5304", " HONDA, CIVIC LXS FLEX, ANO/MOD 2009/2010, COR PRATA, ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>24.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5305", "214")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5305", " FIAT, UNO MILLE ECONOMY, ANO/MOD 2011/2011, COR AZUL, ALCO./GASOL.")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5303", "217")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5303", " HONDA, CR-V FLEX, ANO/MOD 2014/2014, COR PRETA, ALCO./GASOL.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5306", "219")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5306", " I, BMW 528I DD61; 1996/1996, PRATA; GASOLINA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5436", "221")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5436", " HONDA; CIVIC LXL; 2011/2011; PRATA; ALCO./GASOL.;")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5435", "226")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5435", " HONDA; CITY; 2011/2012; PRATA; ALCO./GASOL.;")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5255", "227")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5255", "FIAT. DOBLO EX, 7 LUGARES, ANO/MOD 02/02, COR CINZA.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5249", "229")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5249", "HYUNDAI HB20 1.6M, ANO/MOD 12/13, COR BRANCA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>25.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5250", "230")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5250", " VW, GOL 1.0, ANO 2011/2012, COR PRETA, ALCO/GASOLINA;")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>13.850,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5254", "235")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5254", " HONDA FIT. 1.5 EX. ANO/MOD. 12/13, COMB. FLEX. COR CINZA,")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5251", "241")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5251", "I. FYM FY 250,  ANO/MOD 2008, COR PRETA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5252", "242")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5252", "HONDA CITY EX, ANO/MOD 13/14, COR CINZA AUT.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5332", "243")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5332", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5333", "244")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5333", "I, MMC LANCER 2.0; PRETA, 2013/2013, GASOLINA, ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>