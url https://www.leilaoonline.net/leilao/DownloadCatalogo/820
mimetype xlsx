--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40359", "3737")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40359", "VW/ NOVO VOYAGE CIITY 1.6, ANO 2013/2014, FLEX, PRATA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40360", "3738")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40360", "VW/ SAVEIRO 1.6 CS, ANO 2013, FLEX, PRATA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40361", "3739")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40361", "I / VW TOUAREG 3.6 V6 (BLINDADA), ANO 2014, GASOLINA, AZUL")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40362", "3740")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40362", "I / VW TOUAREG 3.6 V6 (BLINDADA), ANO 2011/2012, GASOLINA, PRETA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40363", "3741")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40363", "I / VW PASSAT VARIANT 2.0T, ANO 2014, PRATA, GASOLINA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40378", "20116")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40378", "VW; TOUAREG 3.6 VE; 2011/2012; PRATA; GASOLINA - BLINDADA ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>