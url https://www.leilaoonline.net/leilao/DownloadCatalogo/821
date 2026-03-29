--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41028", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41028", " Sucata: PÁ CARREGADEIRA CASE W18")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41058", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41058", " Sucata: ÔNIBUS Mercedez Benz OF 1318 1995/1995 Chassi: 9BWYTARB3RDB83784 Placa: BXG 4653")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41054", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41054", " CAMINHÃO Ford/12000 160; Diesel 2002/2003 Chassi: 9BFXK82F23B081607 Placa: BPZ 3796")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41046", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41046", " GM/S10 2.4 RONTAN (COM MOTOR DESMONTADO); Gasolina 2001/2002 Chassi: 9BG124AX02C400666 Placa: CDV 5976")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41045", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41045", " Sucata: VW GOL Chassi: 9BWCAO5X94P082460 Placa: BPZ 3800")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41064", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41064", " GM/Astra Sedan Elegance; Flex 2005/2006 Chassi: 9BGTU6W06B162934 Placa: DJP 0348")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41057", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41057", " TOYOTA BANDEIRANTE 1988/1988 Chassi: OJ86678 Placa: CPV 1793")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41071", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41071", " VW/Gol 1.6 Power; Flex 2004/2005 Chassi: 9BWCB05X85P052543 Placa: BPZ 3806")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41067", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41067", " VW/Gol Special; Gasolina 2002/2002 Chassi: 9BWCA05Y12T181125 Placa: CDZ 5098")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41062", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41062", " VW/Santana; Gasolina 2003/2004 Chassi: 9BWAC03XX4P001597 Placa: BPZ 3798")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41069", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41069", " Retro Case 480 h 1993")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41048", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41048", " Sucata: CAMINHÃO Ford/F600; Diesel 1974/1974 Chassi: LA7CNE26548 Placa: CDZ 5100")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41043", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41043", " Micro Marcopolo Volare V6 ON; Diesel 2005/2006 Chassi: 93PB37D2M6C017016 Placa: DJP 3076")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41055", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41055", " Sucata: CASE/RETRO ESCAVADEIRA.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41063", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41063", " Sucata: ÔNIBUS Mercedez Benz OF 1315 (SEM MOTOR) 1989/1989 Chassi: 9BM384098KB863810 Placa: JNW 5226")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41044", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41044", " Sucata: ÔNIBUS Mercedez Benz OF 1318 1991/1992 Chassi: 9BM384088MB934860 Placa: BWB 8908")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41039", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41039", " Sucata: TRATOR DE ESTEIRA D30")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41060", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41060", " Micro Volare A6; Diesel 2002/2002 Chassi: 93PB02A2M2C006471 Placa: CDV 2478")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41065", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41065", " Sucata: GM/12000/Carroceria 1995 Chassi: 9BG683NXTSC000560 Placa: CFC 3409")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41070", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41070", " Sucata: PATROL HUBER 140 1974")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41037", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41037", " Sucata: CARRETA TANQUE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41051", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41051", " Fiat/Ducato M (COM MOTOR DESMONTADO); Diesel 2007/2008 Chassi: 93W244M2382020028 Placa: DJP 6131")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>8.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41040", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41040", " Lancha Escolar Motorbot 2010, com Motor Yamaha Gasolina, 4 tempos, 90HP modelo F90BETL (série 61P 1047569) 2010 Placa: LE-BNN-386")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41036", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41036", " Sucata: Ford/Pampa L 1988/1989 Chassi: 9BFPXXLP3JBV74516 Placa: ABI 9891")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41074", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41074", " Sucata: VW Kombi 1.6 1996/1996 Chassi: 9BWZZZ231TP034111 Placa: CDZ 5081")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41066", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41066", " Sucata: VW Kombi 1992/1992 Chassi: 9BWZZZ27ZNP011350 Placa: BPY 1326")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41059", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41059", " Sucata: VW Kombi 1.6 1996/1996 Chassi: 9BWZZZ231TP033641 Placa: CDZ 5082")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41068", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41068", " Sucata: VW Kombi 1997/1997 Chassi: 9BWZZZ231VP014185 Placa: BPZ 3791")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41052", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41052", " Sucata: Hyundai H100 1996/1997 Chassi: KMFFD27APTU331150 Placa: CDZ 5083")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41038", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41038", " Sucata: GM Trafic Furgão 1996/1996 Chassi: 8A1T31C1ZTS002910 Placa: CET 5010")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41056", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41056", " Sucata: GM Trafic 1998/1998 Chassi: 8A1TA13ZZWS014826 Placa: CDZ 5087")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41050", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41050", " Sucata: TRAFIC 1998/1998 Chassi: KN2FAD2A1WC080592 Placa: BVZ 2877")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41073", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41073", " Sucata: GM/S10 2.4 2003/2003 Chassi: 9BG124AX03C421864 Placa: CMW 3914")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41041", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41041", " Sucata: VW GOL 2001/2001 Chassi: 9BWCA05XX1P098808 Placa: CDZ 5094")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41031", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41031", " Sucata: VW GOL 2002/2002 Chassi: 9BWCA05Y92T162337 Placa: CDZ 5097")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41053", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41053", " Sucata: VW/Gol 1.0; Gasolina (SEM MOTOR) 2004/2004 Chassi: 9BWCA05X94P069319 Placa: BPZ 3799")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41035", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41035", " Sucata: VW/Gol CL 1993/1993 Chassi: 9BWZZZ30ZPT056089 Placa: JLJ 0433")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41034", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41034", " Sucata: VW/Voyage 1.0 1985/1985 Chassi: 9BWZZZ30ZGP405591 Placa: BSV 3419")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41049", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41049", " Sucata: VW/Parati CL 1.6 1994/1994 Chassi: 9BWZZZ30ZRP246198 Placa: BFW 3647")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41033", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41033", " Ford/Courier 1.6 FLEX 2009/2009 Chassi: 9BFZC52P59B888743 Placa: BNZ 4915")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41032", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41032", " Sucata: ÔNIBUS Mercedez Benz OF 1318 1994/1995 Chassi: 9BWYTARBXRDB83782 Placa: BXG 4635")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41030", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41030", " Sucata: ÔNIBUS MARCOPOLO  1981 Chassi: 3.4458E 13 Placa: CDZ 5089")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41029", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41029", " Iveco/Neo Bus; Diesel 2002/2002 Chassi: 93ZC4980128307276 Placa: BPZ 3792")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41075", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41075", "  CAMINHÃO F14000/Basculante; Diesel 2002/2002 Chassi: 9BFXK84F828072504 Placa: BPZ 3794")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...36 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41042", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41042", " Sucata: Mafersa/ 210CV 1988/1988 Chassi: 9BNMDO210J44000016 Placa: AFE 1932")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41061", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41061", " MONITORES, CPUS, IMPRESSORAS DIVERSAS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41072", "050")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41072", "  CAMINHÃO F14000/ 160Basculante; Diesel 2002 Chassi: 9BFXK84F52B075263 Placa: BPZ 3795")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...1278 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41047", "051")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41047", " 03 (TRÊS) TACHOS DE AÇO INOX   PARA COZIMENTO A VAPOR, 500 LITROS CADA")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>