--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,5659 +269,4955 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40712", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40712", "MCR-223-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40713", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40713", "MCR-224-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40714", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40714", "MCR-225-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40715", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40715", "MCR-226-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40693", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40693", "MCR-217-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40694", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40694", "MCR-218-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40699", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40699", "MCR-222-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40696", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40696", "MCR-219-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>41.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40697", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40697", "MCR-220-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40698", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40698", "MCR-221-2019 - CAMINHÃO BASCULANTE 10X6 HD5395TS - GINAF")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40493", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40493", "082-1480-2019 - CAMINHÃO COMBOIO - MERCEDES BENZ - AXOR 2423 K - ANO: 2005")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40675", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40675", "ITA-109-2019 - Caminhão Marca: MERCEDES BENZ  Modelo: 1720 Ano: 2001 -  LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40492", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40492", "082-1477-2019 - CAMINHÃO GUINDASTE - MERCEDES BENZ - AXOR 2826 6X4 - ANO: 2011")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>253.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40491", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40491", "082-1474-2019 - CAMINHÃO - MERCEDES BENZ - 1720 TANQUE- ANO: 2005 ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>35.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40540", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40540", "AGLP-GVO8501-2019-CAMINHÃO M.BENZ, MOD. MERCEDES 914C, ANO 2002")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40495", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40495", "ACD-0015-2019 - CAMINHÃO M.BENZ/LK 1620 - SEMIPESADO - ANO: 2002")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40914", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40914", "(PIC-150-2019) - CAMINHÃO BASCULANTE; MARCA: MERCEDES BENZ; MODELO: ACTROS4844 8X4; ANO: 2009/2010 - LOC.: MINA PICO - ITABIRITO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>43.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40915", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40915", "(PIC-156-2019) - CAMINHÃO GUINDAUTO; MARCA: VOLKSWAGEM; MODELO: L15180; ANO: 2005/2005 - LOC.: MINA PICO - ITABIRITO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41021", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41021", "SLS-EQ-013-2018-C - 1 VAGÃO DE PASSAGEIROS ( VAGÃO PASSAGEIRO B-144SMR-104314-5)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40539", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40539", "SLS-NWS6061-2019 - CAMINHONETE - MITSUBISHI - L200 - ANO: 2010/2011 - LOC.: São Luís / MA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40497", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40497", "ACD-0017-2019 - VEICULO MITSUBISHI L200, ANO 2006, LOC. Açailândia-MA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.650,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40717", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40717", "SLS-NHB5006-2019 - CAMINHONETE - MITSUBISHI - L200 - ANO: 2006/2007 - LOC.:  - SÃO LUÍS/MA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40913", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40913", "(PIC-154-2019) - MERCEDES BENZ; MODELO: SPRINTER 313 CDI; ANO: 2007/2008 - LOC.: MINA PICO - ITABIRITO/ MG")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40504", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40504", " SLS-NXH7882-2019- AMBULÂNCIA FURGÃO - FORD - TRANSIT UNIVIDA - ANO 2011")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40506", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40506", " SLS-NXI0517-2019- AMBULÂNCIA FURGÃO - FORD - TRANSIT UNIVIDA - ANO: 2011 ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40695", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40695", "MARI-CA60420-2019 - MARI-CA60420-2019 - CAMINHÃO 785 CAT - CATERPILLAR - 785 - ANO: 2006")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>101.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40705", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40705", "ITA-115-2019 - Caterpillar 793CHD  Ano: 1989 Equipamento Fora de Estrada - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40728", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40728", "ITA-131-2019 - Caterpillar 789B Ano: 1994 Equipamento Fora de Estrada - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40701", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40701", "ITA-113-2019 - Caterpillar 789A  Ano: 1989 Equipamento Fora de Estrada -  LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41022", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41022", "SLS-EQ-013-2018-F - 1 VAGÃO DE PASSAGEIROS ( PASSAGEIROS ADM. SMR - 104303-0)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41023", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41023", "SLS-EQ-013-2018-H - 1 VAGÃO DE PASSAGEIROS ( VAGÃO PASSAGEIRO SMR - 104358-7)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40677", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40677", "ITA-111-2019 - Caterpillar 793D Ano: 2008 Equipamento Fora de Estrada - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>153</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40692", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40692", "ITA-112-2019 - Caterpillar 783D Ano: 2008 Equipamento Fora de Estrada - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40702", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40702", "ITA-114-2019 - Caterpillar 793D  Ano: 2008 Equipamento Fora de Estrada - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>144</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40501", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40501", "FAB-PM4323-2019 - PÁ CARREGADEIRA CATERPILLAR 980H - 318 HP (L), ANO 2011")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40667", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40667", "ITA-005-2020 - PÁ CARREGADEIRA Caterpillar 988H 2008 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>240.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40502", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40502", "FAB-PM8509-2019 - CHASSI DE PÁ CARREGADEIRA CATERPILLAR 980H 2005")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40708", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40708", "ITA-116-2019 - Trator de Esteira Caterpillar D8R  Ano: 2004 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>76.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40669", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40669", "ITA-108-2019 - PÁ CARREGADEIRA; CATERPILLAR 988F 1996 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>159.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40710", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40710", "ITA-117-2019 - Motoniveladora Caterpillar 16M  Ano: 2010 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>65.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40718", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40718", "ITA-118-2019 - Motoniveladora Caterpillar 16M  Ano: 2010 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>62.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40723", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40723", "ITA-126-2019 - Carregadeira - Marca: Caterpillar Modelo: 962G Ano: 2000 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40719", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40719", "ITA-119-2019 - Trator de Esteira Caterpillar D11N  Ano: 1995 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40652", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40652", "FAB-PM9806-2019 - Carregadeira Caterpillar 980 H - 318HP(L) ANO: 2008 - LOC: OURO PRETO/MG")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40912", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40912", "(PIC-166-2019) - CARREGADEIRA; MARCA: CATERPILLAR; MODELO: 390D -523HP L; ANO: 2013 - LOC.: MINA PICO - ITABIRITO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>200.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40911", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40911", "(ITA-006-2020) - TRATOR DE ESTEIRA; MARCA: KOMATSU; MODELO: D375AX5; ANO: 2008 - LOC.: MINA ITABIRA - ITABIRA/MG")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40910", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40910", "(PIC-147-2019) - RETROESCAVADEIRA ; MARCA: LIEBHERR; MODELO: 964C; ANO: 2012 - LOC.: MINA PICO - ITABIRITO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>41.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40909", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40909", "(PIC-148-2019) - CARREGADEIRA; MARCA: CATERPILLAR; MODELO: 980H; ANO: 2012; LOC.: MINA PICO - ITABIRITO")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40721", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40721", "ITA-123-2019 - Perfuratriz TEREX REEDRILL SKSW - ANO: 2007 LOC: ITABIRA/ MG")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40653", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40653", "ITA-003-2020 - PERFURATRIZ SANDVIK Modelo: 1190E ANO: 2008 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40651", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40651", "ITA-001-2020 - Perfuratriz Marca:TEREX REEDRILL Modelo: SKSW - ANO: 2009 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40662", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40662", "ITA-004-2020 - Perfuratriz Marca: ATLAS Modelo: ROC L8 Ano: 2008 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40727", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40727", "ITA-130-2019 - Embarcação - Marca: ELLICOTT Modelo: 600 Ano: 1968 - LOC: ITABIRA/MG")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40832", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40832", "SSG-019GD30-2019 -  Empilhadeira Marca: LINDE Modelo: H45T Ano: 2014  Peso estimado 5.000 Kg KMs / Hrs trabalhadas: 2247")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40494", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40494", "082-1481-2019 - CARRO PLATAFORMA JLG - JLG - 1350 SJP - ANO: 2010 ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>164</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40496", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40496", "ACD-0016-2019 - CARRETA - SR/NOMA SR3E27 RT CG -  ANO: 2000 ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40498", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40498", "ACD-0018-2019 - CARRETA - SR/NOMA SR3E27 RT CG - ANO: 2001 ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41024", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41024", "SLS-EQ-013-2018-J - 1 VAGÃO DE PASSAGEIROS ( VAGÃO LANCHONETE SMR - 104905-4)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40731", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40731", "BRU-MUCK085-2019 - 2 ELEVADOR SISTEMA MUCK MODELO RODOMAQ - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40737", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40737", "CD-007-2020 - 320 ROLOS TRANSPORTADOR ...Veja descritivo de itens")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40536", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40536", "OIA-073-2019 - 4 TALHAS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40537", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40537", "OIA-071-2019 - 3 ITENS: 1 CABINE de ELEVADOR e 2 CONJ. de ACIONAMENTO DE ELEVADOR")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40517", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40517", "ACD-0019-2019 - 7 EQUIP. IND. MAQ. LAVAR/SECAR E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40512", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40512", " S11D-003-2019-  24 PÇS- PARTES DE BRITADOR,MANTO; APLICACAO: BRITADOR CH660")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>42.800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40500", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40500", "082-1455-2019 - ESMERIL DE COLUNA, ANO 2011")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40505", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40505", " SLS-MROZIPI-006-2019 - LÃ DE ROCHA (CENTRIFUGADORES, INCLUINDO OS SECADORES CENTRIFUGOS ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40510", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40510", " SLS-EQ-041-2019 - 03 CÂMERAS DIGITAL SONY CYBER-SHOT- 14.1 ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40507", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40507", " SLB-065-2019 - 247 ITENS Cx COMPON; HIDROCICLONE, BORRACHA E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40508", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40508", " SLB-063-2019 - 49 ITENS - VALVULA GUILHOTINA,PARTES E PECAS EQUIPAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40509", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40509", " SLB-062-2019 - 1636 ITENS, CURVA c/ rosca 90°, ESPAÇADOR e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40962", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40962", "MUT-016-2019 - 1 TORNO MKD 1, PLACA DE 4CASTANHA DIAMETRO DE 700MM OPERACIONAL , COM 4 METROS DE BARRAMENTO, DISTANCIA ENTRE PONTAS DE 3,500 MM DIAMETRO DE ARVORA 80MM")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>167</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>24.600,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41025", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41025", "SLS-EQ-013-2018-N - 1 VAGÃO DE PASSAGEIROS ( VAGÃO PASSAGEIRO SMR - 104383-8)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41026", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41026", "SLS-EQ-013-2018-P - 1 VAGÃO DE PASSAGEIROS ( VAGÃO PASSAG. MISTO SMR - 104903-8)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40513", "080")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40513", " S11D-009-2019- 19 PÇS - BRITADOR PARTES E PECAS - CONCAVO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>14.300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40511", "081")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40511", " S11D-004-2019 - 600 itens, LAMINA RASPADORAS DIVERSAS - veja descritivo de itens")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40514", "084")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40514", " OIA-056-2019 - 425 itens DIVERSOS, MEDIDOR ,PASTILHA  E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40516", "085")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40516", " OIA-055-2019- 04 PÇS- SENSOR;  MATERIAL: ALUMINIO FUNDIDO; APLICACAO: QUEIMADOR FORNO;")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40518", "088")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40518", "CD-073-2019 - 124 itens  EIXO, CORREIRA E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40519", "089")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40519", "CD-074-2019 - 60 itens RODAS,POLIAS E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40524", "090")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40524", "CD-077-2019 - 140 itens EQUIPAMENTOS PARA MAQ. CAT. Veja descritivo de itens")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40526", "091")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40526", "CKS-099-2019 - 12 DISJUNTOR SCHNEIDR EVOLIS 4.16 KV veja especificações")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40525", "092")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40525", "CKS-098-2019 - 85 APARELHO DE TELEFONE SIEMENS veja descritivo de itens")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40515", "097")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40515", " OIA-021-2019- 96 itens, MANOMETRO, TERMOSTATO E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40520", "099")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40520", " MUT-014-2019- 03 PÇS, DESKTOP WORKSTATION Z600, PROJETHOR VPL")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40521", "100")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40521", " MUT-013-2019 - 03 PÇS, SENDO 1 PURIFICADOR DE ÁGUA SUMMER LINE PLUS, 1 PURIFICADOR DE ÁGUA NOBLESSE PLUS E 1 PORTA DE VIDRO TEMPERADO TAMANHO PADRÃO ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40522", "102")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40522", " MCR-214-2019- 40 LAMINA RASPADORA PRIM 127MM 125MM")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>0,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40499", "116")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40499", "082-1454-2019  -24 TELEFONE SIEMENS -  veja descritivo de itens")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40523", "118")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40523", " MUT-015-2019- 01 CONDICIONADOR DE AR SPLIT DE 9000 BTUS 220V- LOC. NOVA LIMA / MG ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40527", "120")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40527", "ITA-106-2019-02 PÇS  REDUÇÃO CONCÊNTRICA, AMORTECEDOR DE VIBRAÇÃO")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40528", "121")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40528", "GOV-056-2019 - 85 itens ELEMENTO FILT FLUID, CONJUNTO ROTATIVO e OUTROS - veja descritivo")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40529", "125")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40529", "GOV-050-2019- 641 ITENS DIVERSOS- BOTAO COMPONENTE; TIPO: DIGITAL, REGULADOR COMPONENTE E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40530", "126")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40530", "GOV-048-2019- 01 RODA COMPONENTE ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40531", "127")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40531", "GOV-047-2019- 28 PÇS- TIRANTE COMPONENTE, PORCAS ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40532", "128")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40532", "CPBS-013-2019- 77 ITENS DIVERSOS - ANTENA TRANSMISSORA, PLUGUE COMPETENTE E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40533", "129")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40533", "CPBS-012-2019- 25 itens CAIXA ROLAMENTO, CHAPA COMPONENTE E OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40534", "130")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40534", "CKS-MRO-097-2019-1587 ITENS DIVERSOS- RETENTOR VEDAÇÃO, BOBINA COMPONENTE, ANEL COMP. E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40503", "133")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40503", "SLS-EQ-047-2019 - WHITING CORP 50T-MB-MX-212/001 ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40541", "135")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40541", "ACD-0013-2019-04 pçs- LIXADEIRA ANG; 7P; 220V; BOSCH, Ano 2013 ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40542", "137")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40542", "CKS-MRO-104-2019 - 900 itens - ROLAMENTO, TUBO METÁLICO e OUTROS - veja descritivo de itens")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>8.100,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40543", "138")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40543", "GOV-049-2019 - 270 ITENS DIVERSOS-MANGUEIRA METALICA,VALVULA COMPONENTE E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40544", "139")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40544", "GOV-054-2019-46 ITENS- MESAS DE REFEITÓRIO , CADEIRAS DIVERSAS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40545", "140")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40545", "GOV-055-2019 - 24 ITENS DIVERSOS- CADEIRAS DE ESCRITORIO, GAVETEIROS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40546", "142")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40546", "MUT-012-2019-03 PÇS- Outras Centrais Autom Computaçao Pacote - Tablet Intermec - Modelo CK3A1")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40547", "143")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40547", "OIA-015-2019- 04 PÇS - ACCESS POINT CISCO AIRONET 1140")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40548", "144")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40548", "OIA-019-2019- 05 PÇS- BOMBAS PARA ABASTECIMENTO DE COMBUSTÍVEL")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40549", "145")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40549", "OIA-020-2019- 04 PÇS SWITCH CORE")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40535", "150")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40535", "PIC-158-2019 - 14 itens VÁVULAS, VENTILADOR e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40538", "155")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40538", "OIA-070-2019 - 160 itens - ANEL, EIXO e OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40748", "156")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40748", "SLB-048-2019 - APROX. 80 ITENS COLETOR DE DADOS CN50 - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40749", "157")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40749", "SLB-067-2019 - 12 PEÇAS EIXO COMPONENTE; TIPO: ACIONAMENTO; MATERIAL: ACO CARBONO; APLICACAO: CELULA FLOTACAO; MODELO: TANKCELL TC200; FABRICANTE/REFER#NCIA :OUTOTEC/PF 326;")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40747", "158")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40747", "OIA-032-2019 - ITENS DIVERSOS, TERMOPAR COMPONENTE; SENSOR COMPONENTE E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40733", "159")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40733", "CD-002-2020 - 35 PEÇAS DIVERSAS P/ BRITADOR E OUTROS veja descritivo de itens")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40732", "160")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40732", "CD-001-2020 - 1100 PEÇAS DIVERSAS e 3500 mts CABOS, FIOS, DUTOS.. Veja descritivo de itens")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.650,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40734", "161")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40734", "CD-003-2020 - 13 ITENS PENEIRAS, POLIAS, BRITADOR... Veja descritivo de itens")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40735", "162")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40735", "CD-005-2020 - 45 ITENS - VÁLVULAS, PEÇAS TRANSFORMADORES...Veja descritivo de itens")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40736", "163")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40736", "CD-006-2020 - 6300 ITENS DIVERSOS CALÇO, PARAFUSO.... Veja descritivo de itens")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40738", "164")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40738", "CD-008-2020 - 2 CASQUILO COMPONENTE veja especificações")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40739", "165")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40739", "CD-009-2020 - 250  ITENS CASQUILO.... - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40740", "166")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40740", "CD-010-2020 - 5 ROTOR COMPONENTE veja especificações")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40745", "167")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40745", "CD-011-2020 - Peças e acessórios de bombas, Parafuso, Rotor Componente - Veja Descritivo de Itens")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40746", "168")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40746", "MARI-018-2019 - CADEIRAS TIPO REUNIÃO, ESTOFADA ESPALD. MEDIO, GIRATORIA - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40750", "169")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40750", "CD-012-2020 - ITENS DIVERSOS PARTES E PECAS BOMBA, ROTOR COMPONENTE - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40752", "170")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40752", "CD-013-2020 - APROX. 440 ITENS - Abrasivos e corpos abrasivos, Chapas, Fixadores Diversos, Peças e Acessórios de Bombas e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40753", "171")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40753", "CD-015-2020 - APROX. 4.900 PEÇAS - CONEXÕES DE TUBOS, JUNTAS E VEDAÇÕES, PEÇAS E ACESSÓRIOS DE VEÍCULOS PESADOS E OUTROS -VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40754", "172")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40754", "CD-016-2020 APROX. 210 ITENS - TUBOS, FIXADORES PEÇAS E ACESSÓRIOS DIVERSOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40755", "173")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40755", "CD-017-2020 - 4 ITENS ROLAMENTO; APLICACAO: ESPESSADOR 34M - 115066-F BAKER HUGHES Rothe Erde 060.40.1267.003.21.1323 THYSSENKRUPP")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40756", "174")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40756", "CD-018-2020 - 4 ITENS ROLAMENTO; APLICACAO: ESPESSADOR 34M - 115066-F BAKER HUGHES Rothe Erde 060.40.1267.003.21.1323 THYSSENKRUPP")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40757", "175")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40757", "CD-019-2020 - 6 ITENS - Peças e Acessórios de Veículo Pesado, Rolamentos - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>10.700,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40758", "176")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40758", "CD-020-2020 - APROX. 480 ITENS Peças e Acessórios de Veículo Pesado, Câmara e válvula de pneu de automóvel, Conexões de tubos e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40760", "177")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40760", "CD-021-2020 - 7 ITENS Peças e acessórios de veículo pesado, Polias de transmissão, Unidades de engrenagem - Veja descritivo de itens")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40761", "178")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40761", "CD-022-2020 - 2 PEÇAS ENGRENAGEM; APLICACAO: BRITADOR CH660 - 442.8723-00 SANDVIK")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40762", "179")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40762", "CD-036-2019 - APROX. 124 PEÇAS PARTES E PECAS; NOME DO ITEM: APEX; APLICACAO: HIDROCICLONE GMAX20 S3140 - G82-60-BPC-3 FLSMIDTH S3140-R2012-CAU/IT.19 FL SMIDTH")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40763", "180")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40763", "CD-069-2019 - APROX.  78 ITENS - CHAPA DESGASTE, PARTES E PEÇAS DE EQUIPAMENTOS DIVERSOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40764", "181")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40764", "CD-078-2019 - APROX. 3.770 ITENS - JUNTAS E VEDAÇÕES - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40765", "182")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40765", "CD-079-2019 - 26 ITENS -  Peças e acessórios de bombas - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40766", "183")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40766", "CD-080-2019 - 3 ITENS - Unidades de engrenagem -VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40767", "184")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40767", "CD-082-2019 - APROX. 880 ITENS FILTROS DIVERSOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40768", "185")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40768", "CD-085-2019 - 16 itens - Peças de britador, Peças e acessórios de bombas, Unidades de engrenagem - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40769", "186")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40769", "CD-087-2019 - APROX. 280 ITENS - MATERIAIS E COMPONENTES ELÉTRICOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40770", "187")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40770", "CD-089-2019 - 4 ITENS - MANCAIS E ROLAMENTOS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>32.250,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40771", "188")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40771", "CD-091-2019 - APROX. 260 ITENS Juntas e vedações, Conexões de tubos, Peças e acessórios de bombas E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40772", "189")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40772", "CD-092-2019 - APROX. 117 ITENS Tubos e tubulações, Peças e acessórios de peneiras, Peças de britador E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40780", "190")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40780", "CD-093-2019 - 30 ITENS - Peças e acessórios de bombas, Calhas, Chapas, Conexões de Tubos e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40781", "191")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40781", "CD-094-2019 - 60 PEÇAS REVESTIMENTO COMPONENTE; MATERIAL: ASTM A532; SUBAPLICACAO: SUCCAO; APLICACAO: BOMBA WARMAN; MODELO: 8/6 RAH; FABRICANTE/REFER#NCIA: WEIR/F-6083;WEIR/F6083; FABRICANTE SIEMENS")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40782", "192")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40782", "CD-096-2019 - 20 ITENS Peças e acessórios de peneiras, Transmissores de força mecânica - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40783", "193")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40783", "CD-097-2019 - 8 ITENS - Fixadores diversos e Mancais - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40784", "194")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40784", "CKS-MRO-105-2019 - 56 ITENS PEÇAS E ACESSÓRIOS DE VEÍCULOS PESADOS, VALVULAS DE CONTROLE, ROLAMENTOS E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40785", "195")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40785", "CKS-MRO-106-2019 - 61 PEÇAS - Estrut. Met. Transp. Correia - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40786", "196")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40786", "CKS-MRO-107-2019 - 6 ITENS - PNEU VEICULO LEVE 425/65R22.5 MICHELIN")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40788", "197")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40788", "CKS-MRO-108-2019 - APROX. 540 ITENS - Peças e acessórios de filtros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40729", "200")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40729", "BRU-083-2019 - 40 CADEIRA GIRATÓRIA ( QDA APROXIMADA)  - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40730", "201")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40730", "BRU-084-2019 -  4  CADEIRA  - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>10.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40827", "202")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40827", "SSG-014-2019 - APROX. 200 ITENS - Peças e acessorios de equipamentos de oficina - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40828", "203")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40828", "SSG-015-2019 -  APROX. 1870 ITENS - Peças e acessórios de filtros, Instrumentos de medição e controle de pressão E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40829", "204")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40829", "SSG-016-2019 - 57 ITENS Material elétrico, Fios e cabos e conexões elétricas, Juntas e vedações E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40830", "205")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40830", "SSG-017-2019 - 16 itens Material elétrico, Maquinário e equipamentos hidráulicos, Redutor de velocidade e Outros - Veja Descritivo de Itens")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>3.150,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40835", "206")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40835", "SSG-020-2019 - APROX. 408 ITENS MASCARA SOLDA PA/PE C/CATR - FABRICANTE: CARBOGRAFITE ADVANCED SUPER")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40894", "207")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40894", " TIG-021-2019 - APROX. 116 ITENS - Peças e insumos e acessórios de componentes eletrônicos, Material elétrico, Isoladores elétricos E OUTROS - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40895", "208")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40895", "TIG-022-2019 - 22 ITENS - Peças e acessórios de transportador de correia, Transmissores de força mecânica e Outros - Veja descritivo de itens")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40899", "209")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40899", "TIG-023-2019 78 Itens - Peças acessórios equipamentos carregamento elevação, Conexões de tubos, Fixadores diversos e Outros - Veja Descritivo de Itens")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40903", "210")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40903", "TIG-024-2019 - APROX. 267 ITENS - Peças e acessórios de filtros, Rolamentos, Bombas, Conjunto de parafusos e Outros - Veja descritivo de itens")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40904", "211")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40904", "TIG-025-2019 - 29 ITENS - Transmissores de força mecânica, Bombas, Macal, Rolamentos e Outros - Veja descritivo de itens ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40916", "212")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40916", "CD-014-2020 - APROX. 140 ITENS - Peças acessórios equipamentos carregamento elevação, Motores elétricos, Peças e acessórios de válvulas e bombas, e Outros - Veja Descritivo de itens ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...218 lines deleted...]
-      <c r="A24" s="5" t="inlineStr">
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40917", "213")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40917", "CD-025-2020 - 152 itens - Conexões de tubos, Tubos e tubulações - Veja descritivo de itens")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>166</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>21.850,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40918", "214")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40918", "CD-026-2020 - 15 ITENS - PARTES E PECAS EQUIPAMENTOS DIVERSOS; NOME DO ITEM: SAPATA; APLICACAO: ALIMENTADOR; MATERIAL: PENDENCIA TECNICA; FABRICANTE/REFERENC IA:METSO MINERALS/10118638000;")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40919", "215")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40919", "CD-027-2020 - 8 ITENS - REVESTIMENTO P/BRITADOR;APLICACAO BRITADOR PRIMARIO GIRATORIO.;DESENHO:DESENHO SUMIN/121C-22-00070; FABRICANTE/REFERENCIA:ALLIS CHAL MERS/59354628500;SVEDALA/59354628500;")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40945", "216")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40945", "CD-028-2020 - 7 ITENS - PARTES E PECAS; NOME DO ITEM: EIXO ACIONAMENTO; APLICACAO: JIGUE - 2E8000A GLV 2E-8000A GL&amp;V")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B24" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40946", "217")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40946", "CD-029-2020 - 13 ITENS - Conexões de tubos, Peças e acessórios de bombas - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40947", "218")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40947", "CD-030-2020 - 11 ITENS - Peças de britador, Revestimento do britador, Borracha natural - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>10.300,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40948", "219")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40948", "CD-031-2020 - APROX. 99 ITENS - Peças e acessórios de bombas, Peças de britador, Calhas e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40949", "220")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40949", "CD-032-2020 - APROX. 849 ITENS - Acessórios de solda e soldagem e brasagem, Ferramentas manuais, Ferramentas de máquinas industriais e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B26" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D29" s="4" t="inlineStr">
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40950", "221")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40950", "CD-033-2020 - 30 ITENS - Peças acessórios equipamentos carregamento elevação, Conjunto de parafusos e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40951", "222")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40951", "CD-034-2020 - APROX. 755 ITENS - Peças e acessórios de transportador de correia, Mancal, Válvulas, Calhas, Juntas e Vedações e Outros - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40952", "223")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40952", "CD-035-2020 - APROX. 92 ITENS - Atuadores, Peças e acessórios de peneiras - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E29" s="5" t="inlineStr">
-[...1178 lines deleted...]
-      <c r="D66" s="4" t="inlineStr">
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40953", "224")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40953", "CD-037-2020 - 26 ITENS - Peças e acessórios de sonda e perfuratriz, Rompedores de rocha - VEJA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E66" s="5" t="inlineStr">
-[...383 lines deleted...]
-      <c r="E78" s="5" t="inlineStr">
+      <c r="E185" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F78" s="4" t="inlineStr">
-[...3422 lines deleted...]
-      </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40954", "225")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40954", "CPBS-001-2020 - 25 ITENS -  Material Elétrico, Pçs, Ins. Ac. Comp. Eletrôn. - VEJA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>