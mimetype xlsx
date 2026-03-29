--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40577", "20118")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40577", "MOTO/ TRX 420 FOURTRAX FM (ETANOL) - FROTA 4000366 - SÉRIE 0FR004225")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40578", "20119")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40578", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) - FROTA 4000365 - SÉRIE 0FR004225 ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40579", "20120")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40579", "MOTO / TRX 420 FROUTRAX FM (ETANOL) - FROTA 4000370 SÉRIE 0FR004202")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40580", "20121")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40580", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) FROTA 4000364 SÉRIE 0FR004250")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40581", "20122")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40581", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) FROTA 4000371 SÉRIE 0FR004211")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40582", "20123")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40582", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) - FROTA 4000367 SÉRIE 0FR004200")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40583", "20124")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40583", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) - FROTA 40000369 SÉRIE 0FR004223")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40584", "20125")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40584", "MOTOS/TRX 420 FOURTRAX FM (ETANOL) - FROTA 4000368 SÉRIE 0FR 004247")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40586", "24285")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40586", "MOTONIVELADORA CAT 140K - FROTA 4600015  ANO FABRICAÇÃO 2012")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>234.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40587", "24286")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40587", "MOTONIVELADORA CAT 140 K - FROTA 4600016 - ANO FABRICAÇÃO 2012")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>240.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40598", "24287")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40598", "MOTONIVELADORA CAT 140K - FROTA 4600014 - ANO DE FABRICAÇÃO 2012")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>248.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40599", "24309")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40599", "VALTRA BM 85 CAR - FROTA 4200325 - SÉRIE 81692/2013 ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40600", "24310")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40600", "TERRACEADOR COCAL - FROTA 4400048 - ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>24.550,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40601", "24311")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40601", "GRADE A.I. - CIVEMASA 32X28 ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40602", "24312")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40602", "GRADE N. CIVEMASA 32X 22 - FROTA 4400103 - SÉRIE 81831/2013")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40603", "24313")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40603", "COBRIDOR 2 LINHAS SOLLUS - FROTA 4400159 - SOLLUS 11440")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40604", "24314")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40604", "CULTIVADOR QL 2LIN SOLLUS -FROTA 4400769")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40605", "24315")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40605", "ERRADICADOR AGR ARADOR - FROTA 4400078 - H253")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40606", "24316")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40606", "CULTIV PALH 3LINH DMB - FROTA 4401128 ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.550,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40607", "24317")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40607", "SULCADOR RIMAR - FROTA 4400044 - NF 1008")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40608", "24318")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40608", "PREPARADOR MINIMO D SOLO  - FROTA 4401383")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40615", "24319")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40615", "COBRIDOR 2 LINHAS SOLLUS - FROTA 4400160 - SOLLUS 11441 X324")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40616", "24320")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40616", "GRADE N. CIVEMASA 32x22 - FROTA 4400143 - 7503")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40617", "24321")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40617", "CULTIV PALH 3LINH DMB  - FROTA 4401125 - 79116/2012")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40618", "24322")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40618", "TRANSBORDO SMR 10000 SER - FROTA 4400815 - 01443")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40619", "24323")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40619", "TRANSBORDO SMR 10000 SER- FROTA 4401444 - 2929")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40620", "24324")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40620", "TRANSBORDO SMR 10000 SER - FROTA 4400809 - 01440")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40621", "24325")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40621", "TRANSBORDO SMR 10000 SER - FROTA 4401431 - 285")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40622", "24326")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40622", "TRANSBORDO SMR 10000 SER - FROTA 4401451 - 3562")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40623", "24327")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40623", "CARRETA ABRIGO COCAL - FROTA 4400134 ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40624", "24328")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40624", "PLANTADEIRA CANA AUT FHE - FROTA 4401145 - 6080N")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40625", "24329")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40625", "DISTRIBUIDOR DFL 2L CIV - FROTA 4400129 - 4002")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40626", "24330")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40626", "TRAILER VICR VT03 VETTOR  - FROTA 4400804 ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40627", "24331")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40627", "VALTRA BM 100 CAR - FROTA 4200152  - X604")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>36.250,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40628", "24332")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40628", "TRANSBORDO TAC 10500 CIV - FROTA 4400529  - 7004")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40629", "24333")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40629", "TRANSBORDO TAC 10500 CIV - FROTA 4400534- 7007")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40636", "24334")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40636", "PLAINA STARPLAN - FROTA 4400805 - 01/2604")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40638", "24336")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40638", "TRANSBORDO TAC 10500 CIV - FROTA 4400532 - 7005")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40639", "24337")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40639", "JOHN DEERE COLH NW 3520 - FROTA 4300042 ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40640", "24338")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40640", "CULTIV PALH 3LINH SOLLUS  - FROTA 4401002 - 15102")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40644", "24339")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40644", "CULTIV CONV 3LINH SOLLUS  - FROTA 4400163 - SOLLUS 11519 - X327")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40645", "24340")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40645", "PLAINA STARPLAN - FROTA 4400040 - 00/1144")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>5.650,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40646", "24341")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40646", "ERRADICADOR AGR ARADOR - FROTA 4400092 - H03")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40668", "24342")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40668", "CULTIV PALH 2LINH DMB - FROTA 4401130 - 78818/2012")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40663", "24343")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40663", "COBRIDOR 2 LINHAS SOLLUS - FROTA 4400793")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40664", "24344")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40664", "500 PEÇAS DE SCANIA ( APROX. ) .........veja descritivo de itens ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40665", "24345")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40665", "RETROESCAVADEIRA JOHN DEERE 310K 4X4 - FROTA 4200525 - ANO 2014")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>91.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40666", "24346")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40666", "MOTONIVELADORA JOHN DEERE 670G - FROTA 4600021  - ANO 2013")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>170.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40647", "24347")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40647", "MOTONIVELADORA CAT 140K - FROTA 4600013 - ANO 2010")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>206.000,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40670", "24348")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40670", "PA CARREGADEIRA JOHN DEERE MOD: SERIE 524 - FROTA 4600020 - ANO 2013")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>131.000,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40671", "24349")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40671", "MOTONIVELADORA CAT 140M FROTA 4600012 - ANO 2008")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>200.000,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40672", "24350")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40672", "RETROESCAVADEIRA JOHN DEERE 310K 4X4 - FROTA 4200524 - ANO 2014")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>99.000,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40673", "24351")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40673", "PA CARREGADEIRA CAT 938 - FROTA 4600018 - ANO 2012")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>123.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40674", "24352")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40674", "530 FILTROS DIVERSOS LINHA AUTOMOTIVA (APROX.)...veja descritivo de itens")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40585", "24353")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40585", "APROX. 53 PEÇAS DE MANUTENÇÃO INDUSTRIAL USADAS NO PROCESSO DE AÇÚCAR E ETANOL    veja descritivo de itens.... ")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>