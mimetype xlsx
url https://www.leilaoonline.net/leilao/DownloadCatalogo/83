--- v0 (2026-02-12)
+++ v1 (2026-03-30)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5284", "12209")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5284", " INJETORA MARCA: ROMI, ANO: 2009, CAP. 150 TON., ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5283", "12210")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5283", " INJETORA MARCA: ROMI CONTROL MASTER, TGR, ANO: 2009, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5286", "12211")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5286", " INJETORA  MARCA: ROMI, ANO: SIMILAR 718 (2000), ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5285", "12212")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5285", " INJETORA MARCA: FCS, ANO: 2000, CAP. 180 TON., ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5288", "12213")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5288", " INJETORA MARCA: FCS, ANO: 2000, CAP. 140 TON.,  ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5287", "12214")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5287", " INJETORA MARCA: BATTENFELD FERBAT, ANO: 1993, ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5289", "12215")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5289", " INJETORA MARCA: BATTENFELD FERBAT, ANO: 1994, ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5280", "12216")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5280", " INJETORA MARCA: HAITIAN, ANO: 2010, CAP. 160 TON., ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5282", "12217")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5282", " INJETORA MARCA: HAITIAN, ANO: 2010, CAP. 160 TON., ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5279", "12218")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5279", " INJETORA MARCA: HAITIAN, ANO: 2009, CAP. 120 TON., ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5281", "12219")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5281", " INJETORA  MARCA: HAITIAN, ANO: 2009, CAP. 90 TON., ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5271", "12220")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5271", " PRENSA Nº 27  MARCA: MAHNKE, ANO: SIMILAR 59 (1988), ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5275", "12221")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5275", " PRENSA Nº 62:  MARCA: CHIN FONG, ANO: 2006, PRENSA ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>149.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5277", "12222")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5277", " PRENSA Nº 92: MARCA: CHIN FONG,  ANO: 2010, PRENSA ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5278", "12223")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5278", " PRENSA Nº 84: CAP. 110 TON., ANO: 2009, PRENSA ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>55.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5272", "12224")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5272", " PRENSA Nº 59 MARCA: MAHNKE, ANO: 1988, TIPO H-60T, ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5274", "12225")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5274", " PRENSA Nº 38: MARCA: TESTA, ANO: SIMILAR 54 (1986), ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5269", "12226")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5269", " PRENSA Nº 60 MARCA: MAHNKE, ANO: 1988, TIPO H-150T, ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5273", "12227")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5273", " PRENSA Nº 118 MARCA: JUNDIAÍ, ANO: 2005, TIPO H-300T, ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>172.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5270", "12228")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5270", " PRENSA Nº 51, MARCA: MAHNKE, ANO: 1990, TIPO H-250T, ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>144.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5276", "12229")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5276", " PRENSA Nº 42: MARCA: MAHNKE, ANO: 1994, TIPO C-135T, ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>