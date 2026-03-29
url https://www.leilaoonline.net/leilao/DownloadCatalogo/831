--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42102", "189")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42102", "HONDA, CITY EX CVT, 2016/2016, PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>38.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41956", "190")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41956", "I/ BMW 316I; 2013/2014; PRETA; GASOLINA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>42.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41955", "191")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41955", "I; HONDA CR-V LX; 2011/2011; PRATA; GASOLINA - FUNCIONANDO - KWG-5178")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>15.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41609", "192")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41609", "VW; FUSCA 1600; 1995/1996; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40981", "193")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40981", "HONDA, FIT LX CVT, 2017/2017, PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>31.099,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41602", "194")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41602", "GM/ VECTRA HATCH 4P GT; 2011/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41426", "195")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41426", "VW; FOX TRENDLINE; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.349,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41425", "196")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41425", "IMP/ JEEP GRAN CHEROKEE LAREDO; 1998/1998; PRETA; GASOLINA; FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40992", "197")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40992", "I; MERCEDES BENZ C 300; 2010/2010; GASOLINA; PRATA, FUNCIONANDO - Manual e Chave reserva")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>27.599,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41133", "198")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41133", "HYUNDAI; SONATA GLS.; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>36.199,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40987", "199")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40987", "HONDA; FITY EXL CVT; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>43.349,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40983", "200")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40983", "VW; VW FUSCA 1500; 1973/1973; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41601", "201")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41601", "VW; PARATI CL 1.6 MI; 1997/1997; PRATA; GASOLINA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41606", "202")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41606", "I; KIA BESTA EST; 1996/1997; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>5.350,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40985", "203")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40985", "MITSUBISHI; LANCER 2.0  "CVT", 2013/2014; PRATA, GASOLINA; - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40982", "204")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40982", "I/ SUZUKI G. VITARA 2WD 5P; 2013/2013; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40986", "205")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40986", "TOYOTA; FIELDER, 2006/2006,  PRATA, GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>17.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40980", "206")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40980", "HONDA; FITY EX CVT; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>44.549,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40991", "207")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40991", "RENAULT SANDERO PR161VA; 2011/2012; PRATA; ALCO/GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40989", "208")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40989", "FIAT; DUCATO COMBINATTO; 2010/2011; BRANCA; DIESEL - FUNCIONANDO - C/ AR CONDIC.")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40975", "209")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40975", "FIAT; DOBLO ESSENCE 1.8; 2013/2013; PRATA; ALCO./GASOL/GNV - FUNCIONANDO - 7 lugares")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>22.450,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40988", "210")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40988", "CHEVROLET/ VECTRA GLS; 1997/1997; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41006", "211")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41006", "HONDA, FIT LX CVT, 2015/2016, CINZA; ALCO./GASOL., FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>34.849,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41607", "212")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41607", "RENAULT SANDERO PRI 16; 2011/2012; PRETA; ALCO/GASOL.")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>16.099,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40978", "213")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40978", "I; CHERRY; TIGGO 2.0; 2011/2011; BRANCA; GASOLINA")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40990", "214")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40990", "NISSAM; MARCH 16SV FLEX; 2013/2014; BRANCA; ALCO./GASOL.")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40977", "215")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40977", "CHEVROLET; MONTANA SPORT; 2011/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40976", "216")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40976", "I; BMW, 530I NU91; 2008/2009; PRETA; GASOLINA; FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>30.449,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40993", "220")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40993", "HONDA; FIT EX CVT; 2015/2016; AZUL; ALCO./GASOL. - FUNCIONANDO - APROX. 30.000KM - IPVA 2020 PAGO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>28.099,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40996", "221")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40996", "GM; CORSA ST; 2001/2001; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>6.550,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40999", "223")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40999", "KIA; SPORTAGE EX 2.0; 2011/2012; PRETA; ALCO./GASOL.- FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>38.599,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41001", "224")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41001", "FORD; ECOSPORT XLT 1.6 FLEX; 2010/2011; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41000", "225")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41000", "HONDA FIT LX CVT, 2016/2017, CINZA; ALCO./GAS - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>35.249,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40995", "228")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40995", "I; CHEVROLET; SONIC LTZ NB AT; 2013/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>22.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40994", "229")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40994", "HONDA CITY LX FLEX, 2010/2010,CINZA; ALCO./GAS - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>20.500,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41002", "230")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41002", "TOYOTA; ETIOS HB X; 2013/2013; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>21.300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41003", "231")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41003", "HONDA FIT LX, 2009/2010, DOURADA; ALCO./GASOL.")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>17.550,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40998", "236")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/40998", "I; HYUNDAI AZERA 3.3 V6; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41005", "242")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41005", "I; CHERY QQ3 1.1; 2011/2012; BRANCA; GASOLINA - APROX. 35.000KM")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41016", "243")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41016", "VW; GOLF GL; 1996/1997; AZUL; GASOLINA ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.840,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41008", "248")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41008", "MITSUBISHI; LANCER 2.0, 2012/2012; CINZA; GASOLINA;")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41014", "249")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41014", "HONDA CIVIC LXL; 2004/2005; CINZA; GASOLINA")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41007", "252")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41007", "I; CHERRY FACE 1.3; 2010/2011; PRETA; ALCO./GASOL")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41017", "257")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41017", "HONDA; FIT LX AUTOMATICO; 2013/2014; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41009", "261")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41009", "GM; MONTANA SPORT; 2010/2010; PRATA; ALCO./GASOL. - FUNCIONANDO - RODA E SUSPENSÃO LEGALIZADOS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41010", "276")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41010", "RENAULT/ SANDERO DYNA 16R; 2015/2015; PRATA; ALCO./GASOL.")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>26.800,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41015", "298")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41015", "FORD/ FIESTA; 2003/2003; CINZA; GASOLINA")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>9.750,05</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41018", "300")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41018", "HONDA CITY LX CVT, 2017/2017, CINZA; ALCO./GAS - Aprox. 45.000km - PL. GKC-2286")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41011", "312")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41011", "I/ NISSAN VERSA 16SL FLEX; 2013/2014; BRANCA; ALCO./GASOL;")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41012", "328")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41012", "GM; VECTRA SEDAN ELITE; 2008/2009; PRETA; ALCO./GASOL.")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41604", "329")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41604", "RENAULT/LOGAN EXP 16. 2011/2012, FLEX IPVA 2020 PAGO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>17.950,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42135", "330")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42135", "PEUGEOT / 207 / PASSION XS A, 2009, FLEX, CINZA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>13.600,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41013", "398")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41013", "JOGO COM 03 RODAS DE LIGA LEVE ARO 16 COM PNEUS E UM PNEU 195 X 55 X 16")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41019", "400")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41019", "2 PNEUS REMOLD MONACO 195 / 55 / 15")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>75.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41608", "401")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41608", "2 PNEUS REMOLD MONACO 195 / 60 / 15")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41610", "402")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41610", "JOGO DE RODAS DE LIGA 4X100 ARO 16 COM PNEUS 185/55 ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>