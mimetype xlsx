--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3099 +269,2715 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41197", "011")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41197", "APROX. 7.000 PEÇAS ROUPAS: SENDO 6.000 ROUPAS, CALÇADOS E ACESSÓRIOS. LINHA INFANTIL  (LILICA RIPILICA, TIGOR T TIGRE, MARISOL, MALWEE, PIMPOLHO, AMORIM BABY, PAKITA, TOKE ENTRE OUTROS) E 1.000 FEMININO ADULTO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41196", "012")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41196", "APROX. 316 SAPATILHAS NOVAS TIPO ALPARGATAS. MARCA TOMS NA COR PRETA. NUMERAÇÕES DIVERSAS")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>890,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41208", "112")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41208", " 3 RACKS E SUPORTES P/ CPUS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41207", "113")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41207", " FORNO INDUSTRIAL EM INOX ETERA C/ 3 CÂMARAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41209", "114")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41209", " CABOS DE AÇO DIVERSOS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41210", "115")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41210", " MANGUEIRAS DIVERSAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41193", "200")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41193", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41194", "201")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41194", " BALANÇA EMPACOTADORA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41195", "202")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41195", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41198", "203")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41198", "[ LANCE POR UNIDADE ] APROX. 594.010 UNIDADES DE CAPACITORES")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>0,25</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>0.02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41202", "204")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41202", "ESTRUTURAS METÁLICAS DE GALPÃO. Aprox. 2.000 m² (desmontado) ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>270.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41136", "602")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41136", " Geladeira Climax. Década de 60. 110 volts. Funcionando")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41141", "603")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41141", " Capacete original da FAB . Utilizado em caças Mirage 2000. Necessita de restauração. Possui viseira escura e a máscara de oxigênio")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41143", "604")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41143", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41144", "605")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41144", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41137", "607")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41137", " Dobradeira de chapas com régua de 1,30 m")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41139", "608")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41139", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41146", "609")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41146", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41140", "610")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41140", " Bomba de alto vácuo. Duplo estágio HF 110 CFM. Trifásico. Com reservatório")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41138", "611")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41138", " Cabine para camionete D 20")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41142", "612")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41142", " Maca de alumínio. Stimed. Com regulagens")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41148", "613")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41148", " Máquina de Vácuo. Forming")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41147", "615")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41147", " Escrivaninha antiga em jacarandá maciço da bahia")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41145", "616")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41145", " Camionete D-20. Ano 88. Turbo. Direção hidráulica, volante anti furto, motor novo")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41152", "617")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41152", " Cortador de asfalto/concreto Petrotec a gasolina. Faltando peças")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41149", "618")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41149", " 03 macacos, sendo 1 jacaré e 2 hidráulicos")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41150", "619")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41150", " Capota F1000")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41151", "620")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41151", " Peugeot Partner. Ano 99 a gasolina")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>4.400,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41153", "621")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41153", " Pista fria")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41157", "622")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41157", " 2 fornos e 1 lavadora de pratos")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41155", "624")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41155", " Esteira ergométrica profissional. Não está funcionando")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41156", "625")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41156", " Gerador de energia a gasolina. Funcionando")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41158", "626")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41158", " Máquina de café expresso FunKitchen. Não está funcionando ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41154", "627")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41154", " Guincho tipo girafa para 3 toneladas")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41159", "628")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41159", " Chapa de lanches elétrica")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41170", "631")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41170", " 3 fritadeiras, sendo 2 elétricas e 1 a gás")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41173", "632")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41173", " Gramofone. Réplica com aproximadamente 29 discos antigos de 78 rotações")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41171", "633")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41171", " Jogo rodas original D20. Aro 15"")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41172", "634")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41172", " Geladeira expositora Metalfrio (pequena). Funcionando")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41174", "635")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41174", " Cervejeira Hussman (pequena). Funcionando")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41175", "636")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41175", " Máquina de café expresso Saeco 220 volts. Funcionando")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41176", "637")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41176", " Gerador de energia a gasolina")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41177", "638")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41177", " Frigobar década de 40 restaurado transformado em cervejeira, com controlador digital. 110 volts. Funcionando")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41178", "639")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41178", " 2 portas de F1000")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41168", "641")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41168", " 04 máquinas de lavar roupas")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41169", "642")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41169", " Câmara fria. 220 volts. Funcionando")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41161", "644")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41161", " Cabeçote de compressor Waine 60 pés e motor elétrico 15Hp")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41167", "645")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41167", " Fuscão 1.500. Ano 71")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41180", "646")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41180", " Balcão expositor seco Gelopar")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41160", "647")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41160", " Cabine de F1.000 Ano 86 reformada")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41162", "648")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41162", " Compressor de ar antigo")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41163", "649")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41163", " Freezer 50 litros. Todo de inox. 220 volts. Funcionando")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41165", "650")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41165", " Motor estacionário Honda 6.5 Hp")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41164", "651")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41164", " Câmara fria com controlador digital. Funcionando")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41166", "653")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41166", " Mini Bug Fapinha. Motor 4 tempos. Funcionando. 1  pneu furado")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41179", "654")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41179", " Balcão aço vitrine")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41181", "655")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41181", " Mini bug Fapinha motor 4 tempos. Funcionando. Motor e parte elétrica em ótimo estado")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41182", "656")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41182", " Aspirador de pó industrial")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41183", "658")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41183", " Cancela de portaria com pistão hidráulico sem testes")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41184", "660")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41184", " Adega de vinhos com compressor. Funcionando")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41185", "661")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41185", " Lote contendo 2 fornos microondas e 1 forno elétrico ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41186", "663")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41186", " 8 postes em ferro fundido do inicio do século XX da fundação da cidade de São Carlos")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>3.100,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41187", "664")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41187", " Câmara fria. 4 portas. em aço inox. Não está funcionando")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41188", "666")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41188", " Lote de antiguidades contendo: 1 máquina de costura Elna com estojo, 2 máquinas de escrever, 1 rádio Mitsubishi, 8 transistores com estojo, 1 rádio 3 em 1 CCE (sem as caixas), 1 receiver Gradiente (sem as caixas),1 receiver Motoradio (sem as caixas), 1 toca fitas Philipps (sem as caixas), 1 filmado")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41190", "668")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41190", " Suqueira Begel. 200 litros. Funcionando")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41191", "669")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41191", " Esteira e bicicleta ergométrica")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41189", "670")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41189", " 02 Geladeiras frigidare antigas")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41192", "671")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41192", " Lote cotendo 2 bancadas de 6 metros metalon. Tampos deteriorados")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41222", "701")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41222", "MÁQUINA DE FABRICAÇÃO DE BLOCOS DE CONCRETO, 220v CAPACIDADE DE ATÉ 2250 BLOCOS/ DIA. COM CARRINHO DE TRANSPORTE DE BLOCO. SEM USO.")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41223", "702")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41223", "04 Formas para fazer piso de concreto sextavado, 4 formas contendo três partes, 30cmx30cmx8cm")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41224", "703")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41224", "Aprox. 100 metros de Arame farpado Elefante")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41225", "704")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41225", "LOTE C/ APROX. 92 PALANQUES DE CONCRETO E FERRO ESTRIVADO, MEDINDO 2,50 DE ALTURA. FERRO 5X16 COM ESTRIVO A CADA 15 CM")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41199", "801")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41199", "COMPRESSOR SOPRADOR CANAL LATERAL VAZ FLUZ. (SEM USO)")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41200", "802")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41200", "Aprox. 2.000 peças de botão liga")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41204", "805")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41204", " 11 un. blazer masculino  marca tng tamanhos diversos (sem uso)")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41205", "806")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41205", " 9 pares de sapatos democrata e samello em couro e 5 pares de chinelos democrata em  couro. Tamanhos diversos. (sem uso)")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41221", "807")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41221", "Aprox. 1.600 peças de roupas infantis (linha bebê) marca Mira Baby. Sem uso. Com etiquetas.")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>4.800,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41234", "808")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41234", " Sucatas de 8 ventiladores diversos e mais 53 hélices")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41231", "809")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41231", " Sucatas de aprox. 28 liquidificadores diversos e aprox. 62 copos para liquidificador diversos ")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41233", "810")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41233", "Aprox. 319 peças de  camisetas femininas e infantis sem etiquetas")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41230", "811")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41230", " Lote com aprox. 200 shorts brancos na grade com etiquetas")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41232", "812")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41232", " Lote com 38 pares de botinhas infantis e 41 pares de calçados diversos")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41260", "813")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41260", "Aprox. 218 calças jeans e sociais femininas com etiquetas")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41261", "814")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41261", " Lote de sucatas de peças para cadeiras de escritório diversas")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41262", "815")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41262", " Lote com aprox. 13 antenas para TV. Marca Aquário")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41265", "816")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41265", " Sucata de 2 purificadores e 1 panificadora e 9 pratos para microondas")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41263", "817")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41263", " Lote com aprox. 22 inaladores ultrassonicos e 5 vaporizadores")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41603", "818")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41603", "Lote com 5 engraxadeiras pneumáticas. Marca Worker. Sem uso. Nas caixas.")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41203", "901")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41203", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42232", "1101")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42232", " APROX. 2 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>6.300,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42229", "1102")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42229", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42230", "1103")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42230", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42231", "1104")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42231", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42228", "1105")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42228", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42233", "1106")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42233", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42227", "1107")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42227", " APROX. 3 TON DE DISCOS DE AÇO 1045 E 136 NÃO ESPECIFICADO. (LANCE POR QUILO)")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2,75</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>0.05</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>