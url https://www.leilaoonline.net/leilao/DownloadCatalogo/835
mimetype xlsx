--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41239", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41239", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 511 C-1650")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41236", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41236", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 509 C-1630")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41237", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41237", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 515 C-1690")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41238", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41238", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 512 C-1660")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41240", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41240", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 508 C-1620")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41247", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41247", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 514 C-1680")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41242", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41242", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 5FG60 2011 Patrim./Frota: 510 C-1640")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41245", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41245", " EMPILHADEIRA COMBUSTÃO GLP  TOYOTA 7FG25 2003 Patrim./Frota: 60 C-1090")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41241", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41241", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL RX 50-16 2007 Patrim./Frota: 656 E-2420 Obs.: SEM BATERIA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41252", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41252", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL R 20- 20 2001 Patrim./Frota: 550 E-1910 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41253", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41253", " REBOCADOR ELETRICA CTR3000 CASTELL 2006 Patrim./Frota: 569 E-2040 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41251", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41251", " REBOCADOR ELETRICA  PT 3000 CASTELL 2008 Patrim./Frota: 567 E-2020 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41244", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41244", " REBOCADOR ELETRICO CASTELL PT6000  2013 Patrim./Frota: 589 E-2180 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41250", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41250", " REBOCADOR ELETRICA PT 6000 CASTELL 2008 Patrim./Frota: 568 E-2030 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41254", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41254", " EMPILHADEIRA COMBUSTÃO GLP  STILL CL4.5 2008 Patrim./Frota: 561 C-1980 Obs.: SEM CILINDRO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41248", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41248", " EMPILHADEIRA COMBUSTÃO GLP  STILL CL4.5 2008 Patrim./Frota: 562 C-1990")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41258", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41258", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL R 20- 20 2001 Patrim./Frota: 552 E-1930 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...122 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41259", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41259", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL R 20- 20 2001 Patrim./Frota: 549 E-1900 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41256", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41256", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL R 20- 20 2003 Patrim./Frota: 553 E-1940 Obs.: BATERIA EMBARCADA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...382 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41249", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41249", " EMPILHADEIRA ELETRICA CONTRABALANÇADA STILL R60-20 2002 Patrim./Frota: 659 E-2430 Obs.: SEM BATERIA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>