--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5300", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5300", "396 MÁQUINAS DE CAFÉ: Semi Novas")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5301", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5301", " 302 MÁQUINAS DE CAFÉ: Novas para montagem. (montagem por conta do comprador (kit completo))")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5302", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5302", "75 MÁQUINAS DE CAFÉ: Novas montadas.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>