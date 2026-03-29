--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,5179 +269,4535 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41966", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41966", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 5000 LITROS ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41968", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41968", " TANQUE EM AÇO INOX COM MISTURADOR , COM APROXIMADAMENTE 5000 LITROS ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42078", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42078", " Caminhão Mercedes Bens, modelo 1720, ano 2000, trucado,  Munck  marca Madal , modelo MD 25. 4 patolas, 4 lanças.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41967", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41967", " TANQUE EM AÇO INOX COM SISTEMA DE AQUECIMENTO 1/2" CANA COM APROXIMADAMENTE 4000 LITROS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41970", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41970", " LOTE CONTENDO 2 CALDEIRAS ELÉTRICAS MARCA ATA, C/PAINEL ELÉTRICO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41975", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41975", " TANQUE EM AÇO INOX , ENCAMISADO , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41971", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41971", " TANQUE EM AÇO INOX COM AQUECIMENTO 1/2" CANA , COM APROXIMADAMENTE 1800 LITROS ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41978", "014")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41978", " TANQUE EM AÇO INOX , COM APROXIMADAMENTE 8000 LITROS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41972", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41972", " TANQUE EM AÇO INOX , ENCAMISADO , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41973", "020")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41973", " TANQUE EM AÇO INOX , COM APROXIMADAMENTE 1150 LITROS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41969", "023")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41969", " CICLONE EM AÇO INOX, COM APROXIMADAMENTE 6000 LITROS")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41977", "024")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41977", " MISTURADOR EM AÇO INOX, COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41976", "026")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41976", " TROCADOR DE CALOR")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41974", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41974", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 600 LITROS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41979", "037")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41979", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41981", "038")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41981", " AUTOCLAVE EM AÇO INOX")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41982", "040")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41982", " TANQUE EM AÇO INOX, COM A APROXIMADAMENTE 10000 LITROS")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>6.900,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41986", "041")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41986", " TROCADOR DE CALOR COM 20 M2 DE AREA DE TROCA TERMICA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41991", "043")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41991", " DESTILADOR EM AÇO INOX COM APROXIMADAMENTE 100 LITROS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41990", "045")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41990", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 800 LITROS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41987", "047")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41987", " TROCADOR DE CALOR COM 20 M2 DE AREA DE TROCA TERMICA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41992", "049")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41992", " MISTURADOR HORIZONTAL COM 2 ROSCA EM AÇO INOX")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41984", "050")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41984", " REATOR EM AÇO INOX, 1/2" CANA , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41995", "051")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41995", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41980", "052")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41980", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41988", "053")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41988", " REATOR EM AÇO INOX, COM CAMISA  , COM APROXIMADAMENTE 1000 LITROS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41993", "061")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41993", " AUTOCLAVE EM AÇO INOX, VERTICAL COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41983", "064")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41983", " VASO EM AÇO INOX, COM APROXIMADAMENTE 1010 LITROS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41994", "067")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41994", " DESTILADOR EM AÇO INOX COM APROXIMADAMENTE 200 LITROS")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41985", "068")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41985", " VASO DE PRESSÃO , EM AÇO CARBONO COM APROXIMADAMENTE 14000 LITROS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41999", "070")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41999", " TANQUE EM AÇO INOX, COM CAMISA EXTERNA AÇO CARBONO , COM APROXIMADAMENTE 2000 LITROS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42000", "073")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42000", " FILTRO DE AÇO INOX, GRANDE PORTE ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41989", "074")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41989", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 300 LITROS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41998", "075")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41998", " VASO CONSTRUIDO EM AÇO INOX , COM APROXIMADAMENTE 500 LITROS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42011", "076")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42011", " MOINHO PARA ALIMENTO KUSTNER")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42001", "077")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42001", " TANQUE DE COMPRESSOR  DE AR BARIONKAR (FALTA CABEÇOTE DO COMPRESSOR), COM MOTOR DEACIONAMENTO A DIESEL ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42015", "080")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42015", " FURADEIRA HORIZONTAL BREVET, C/ ACIONAMENTO HIDRÁULICO C/ 4 MANDRIS ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41997", "081")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41997", " BANCADA DE MONTAGEM DE DISPOSITIVO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42018", "082")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42018", " PAINEL ELÉTRICO DE CONTROLE")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42017", "084")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42017", " PEÇAS AUTOMOTIVAS DIVERSAS")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42023", "088")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42023", " PEÇAS AUTOMOTIVAS DE DIVERSOS MODELOS. OBS.: CAIXAS PLÁSTICAS NÃO ESTÃO INCLUSAS NO LOTE")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42007", "089")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42007", " TONNERS PARA COPIADORAS DIVERSOS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42008", "091")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42008", " FURADEIRA MARINARO, P/ VIDRO OU GRANITO, C/ BRAÇO DE FIXAÇÃO ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42016", "093")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42016", " 6 MOTORES WEG, POT.: 20 CV")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42019", "097")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42019", " TANQUE EM INOX, DIM. 1200 X 950 MM")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42026", "098")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42026", " TANQUE EM INOX, DIM. 1600 X 1100 MM")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42020", "099")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42020", " MISTURADOR EM INOX, DIM. 1700 X 1000 MM")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42027", "100")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42027", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42021", "101")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42021", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42022", "102")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42022", " TROCADOR DE CALOR (PASTEURIZADOR) APV HXBR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42028", "105")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42028", " 2 VENTOINHAS POLLRICH")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42024", "106")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42024", " BOMBA VERDEFLEX")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42035", "107")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42035", " FILTRO EM AÇO INOX")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42033", "109")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42033", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42034", "111")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42034", " MOTOR ELÉTRICO WEG POT. 200CV")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42610", "113")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42610", " 7 MOTORES ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42025", "119")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42025", " ALIMENTADORA ROTATIVA C/ MOTORREDUTOR SEW")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42037", "124")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42037", " 2 PALETEIRAS ZELOSO PE 1000")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42029", "125")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42029", " 2 BOMBAS BOMAX C/ MOTOR ELÉTRICO WEG POT. 1 E 3 CV")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42038", "126")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42038", " TAMBOREADOR EM INOX C/ MOTORREDUTOR SEW")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42039", "128")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42039", " LAVADORA EM FIBRA, DIM. 2900 X 700 MM, C/ 4 COMPARTIMENTOS, PAINEL E MOTOBOMBAS")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41996", "130")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/41996", " BALANÇA CAP. 20 T, C/ ETIQUETADORA")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42030", "131")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42030", " SERRA CIRCULAR C/ MOTOR ELÉTRICO WEG")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42009", "133")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42009", " DESBOBINADOR SLEEPER E SHARTLEY")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42010", "135")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42010", " 12 PAINÉIS ELÉTRICOS DIVERSOS")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42002", "136")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42002", " 2 VÁLVULAS ROTATIVAS, SENDO 1 EM INOX E UMA EM AÇO, C/ MOTORREDUTOR")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42031", "140")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42031", " LAVADORA DE PEÇAS EM INOX COMPLETA")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42032", "142")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42032", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42012", "144")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42012", " 2 ESTUFAS C/ MOTOR ELÉTRICO")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42005", "145")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42005", " 2 FURADEIRAS DE BANCADA DAUER")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42003", "146")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42003", " RODAPÉS DIVERSOS (APROX. 3000 KG)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42013", "150")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42013", " PALETEIRA ZELOSO PE 1000, CAP. 1000 KG")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42014", "152")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42014", " 2 ESTABILIZADORES EVA 1000")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42006", "157")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42006", " VENTOINHA COM FILTRO")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42004", "159")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42004", " [ RETIRADO ] BICICLETA A MOTOR (VERMELHA)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42047", "161")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42047", " 3 AR CONDICIONADOS")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42042", "162")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42042", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42041", "163")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42041", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42040", "164")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42040", "30 alargadores de Widea. Medidas variadas")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42043", "166")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42043", " 35 auto transformadores. Diversas potências")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42044", "167")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42044", " 40 auto transformadores. Diversas potências")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42046", "172")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42046", " 3 VÁLVULAS")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42045", "173")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42045", " 1 REDUTOR")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42048", "176")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42048", " 3 BOMBAS")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42611", "178")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42611", " SOPRADOR")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42050", "179")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42050", " 5 rodas aro 15". Em ótimo estado. 5 furos. Diamantada.  Serve em Cherokee/ Ranger ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42051", "180")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42051", " Câmbio de carro 4x4 antigo")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42052", "183")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42052", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42053", "184")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42053", " SOPRADOR")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42056", "189")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42056", " FUNIL ALIMENTADOR EM AÇO INOX")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42060", "191")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42060", " 2 exaustores")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42061", "193")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42061", " ESTUFA")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42063", "194")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42063", " 8 peças motores redutor e filtro prensa")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42062", "197")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42062", " 4 CARRINHOS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42058", "198")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42058", " CHAVE ELÉTRICA")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42059", "199")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42059", " [RETIRADO] 2 ARREBITADEIRAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42064", "201")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42064", "  [ RETIRADO ] CABINE PARA GERADOR")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42065", "205")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42065", "Coifa/ Depurador de ar. Marca cata")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42066", "206")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42066", "Lote de materiais elétricos diversos")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42067", "207")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42067", "12 peças de rebolo diamantado. Sem uso")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42138", "210")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42138", "Aprox. 500 dormentes de madeira")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42139", "212")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42139", "Aprox. 500 dormentes de madeira")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42068", "215")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42068", "Cabine auxiliar para caminhão")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42069", "216")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42069", "Pontiaderira IBMS - tipo AQ 50 REF. Ano 2004  - 50KVA - 220V  - nº 2156  ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42070", "217")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42070", "pontiaderira IBMS - tipo AQ 100 AR REF ano 2005  - 100 KVA - 220V  - nº 2157")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42612", "218")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42612", "02 VENTOINHAS")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42072", "219")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42072", "Contanier com 6 banheiros, pia e mictório em inox. (pouco uso)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42073", "220")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42073", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42074", "221")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42074", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42075", "222")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42075", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42076", "223")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42076", " Capela para laboratório")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42077", "225")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42077", " 10 válvulas borboleta, 4 " , 150 lbs. Pn 10. Sem uso")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42080", "226")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42080", " Talha elétrica. Marca Munck. Capacidade 5000 kg")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42137", "228")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42137", " 400 dormentes de madeira")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42136", "229")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42136", " 400 dormentes de madeira")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42079", "230")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42079", " Aprox. 46  conexões marca Tupy de 4". Sendo 20 joelhos, 20 luvas e 4 T's")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42082", "231")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42082", " Moinho de tinta. Sem motor")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42086", "232")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42086", " Torre de refrigeração com duas bombas")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42085", "233")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42085", " 4 balanças")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42081", "234")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42081", " Aprox. 70 retentores")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42084", "235")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42084", " [ RETIRADO ] Grampeador de madeira ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42083", "236")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42083", " Relógio teste de pressão")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42092", "237")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42092", "Unidade hidráulica com dois motores Weg 7.5 cv")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42087", "238")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42087", " unidade hidráulica")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42091", "239")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42091", " bomba hidráulica")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42090", "240")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42090", " bomba KSB")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42093", "241")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42093", " Redutor")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42089", "242")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42089", " vidrador")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42094", "243")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42094", " 2 bombas")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42088", "244")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42088", " 1 filtro")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42095", "245")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42095", "Redutor")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42097", "246")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42097", "MOINHO DE TINTA")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42098", "247")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42098", "MOINHO DE TINTA")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42099", "248")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42099", "SERRA PARA FERRO")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42221", "249")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42221", "Máquina gráfica. Alimentador para jornais e outros. Marca Ferag mod. RA VP 1:1")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42224", "250")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42224", " Carrinho hidráulico")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42222", "251")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42222", " Ferramenta especial")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42223", "252")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42223", " Ventoinha")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42225", "253")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42225", " Transformador sem plaquetas de identificação")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42489", "254")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42489", "VW/ KOMBI FURGÃO ANO 09/09 - FLEX. - BAÚ REFRIGERADO")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42547", "255")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42547", "MUNCK. Marca ARGOS. Mod. 12.5-13.3/23.  Capacidade 12,5 ton. Ano 2008")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42599", "256")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42599", " Bico de tig para solda sem uso")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42588", "257")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42588", " Aprox. 21 peças de ferramentas diversas")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42586", "258")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42586", " dispositivo para tubo")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42604", "259")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42604", " Conexões, parafusos, braçadeiras, cotovelos e manômetros diversos. No estado e quantidade em que se enconta.")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42587", "260")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42587", " Lote com conexões de plásticos sem uso.")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42590", "261")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42590", " Reatores e relógios")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42589", "262")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42589", " 6 unidades de Respirador de Fuga. Sem uso.")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42597", "263")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42597", " Lote Válvulas solenóides 17 peças sem uso e 8 usadas")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42603", "264")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42603", " Lote de ferramentas sendo: sargento, morsa, tarraxas e grifos")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42600", "265")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42600", " 3 bicicletas ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42595", "266")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42595", " 2 Discos diamantados")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42601", "267")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42601", " Conexões de cobre e metal. Sem uso")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42596", "268")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42596", " Extensão eletrica. Trifásica.")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42594", "269")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42594", " Moto bomba a diesel. Sem uso")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42598", "270")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42598", " Moto bomba a diesel. Sem uso")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42602", "271")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42602", " Aprox. 200 un de chave L 10. Sem uso")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42592", "272")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42592", " 2 Cilindros. Um com carrinho")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42591", "273")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42591", " 1 Compressor e 1 Esmeril")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42593", "274")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42593", " Maçarico completo")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...1102 lines deleted...]
-      <c r="E47" s="5" t="inlineStr">
+      <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F47" s="4" t="inlineStr">
-[...3934 lines deleted...]
-      </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42815", "275")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42815", "Pá carregadeira. Marca Clark. Modelo 125 C. Ano 1986. Motor Cummins completo em funcionamento. Sem bateria")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>