--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2011 +269,1763 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43522", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43522", " 100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43523", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43523", "MOINHO DE CALCÁRIO, SEM MOTOR")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43524", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43524", "2 BOCAS - 1 P/938 E 1 P/966")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43525", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43525", "1 BROCA")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43526", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43526", "1 COMPRESSOR DE AR CHICAGO PNEUMATIC")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43058", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43058", "PRENSA HIDRÁULICA PARA PLASTICO E PAPELÃO PERFEITO ESTADO, FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43057", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43057", "SUCATA DE 3 EMPILHADEIRA E UMA BOBICAT PESO APROX. 15 TON")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.850,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43055", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43055", "CALDEIRA A LENHA PARA 600 KILO DE VAPOR COM MANUAL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43592", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43592", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42686", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42686", "CAMINHÃO FORA DE ESTRADA, C/ MOTOR SCANIA - PAROU FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>5.400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42687", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42687", "TRANSFORMADOR WEG 500KVA, C/ ÓLEO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.050,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42688", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42688", "TRANSFORMADOR WEG 1000KVA, C/ ÓLEO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42690", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42690", "veja o video MAQUINA - PRENSA PARA CANTONEIRA ATÉ "6" polegadas (peso da maquina 22 toneladas aproximadamente) FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42691", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42691", "veja o video - PENEIRA VIBRATÓRIA SIMPLES 2,40 X 6,30 C/ DOIS DECK - FUNCIONANDO ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42689", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42689", "TRANSFORMADOR WEG 1000KVA, C/ ÓLEO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43045", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43045", "ESCAVADEIRA DE ESTEIRA LIEBHERR 942")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42655", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42655", "CAMINHÃO M. BENZ L 1113 BAÚ, ANO 1984 -  motor novo direção  hidráulica  (FUNCIONANDO)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>74</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42654", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42654", "CAMINHÃO VW 26.220 EURO WORKER, ANO 2007, C/MOTOR, CÂMBIO E DIFERENCIAL")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>96</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>29.700,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42652", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42652", "GUINDASTE kranekar  p/ 9 toneladas (FUNCIONANDO)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42646", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42646", "ESCAVADEIRA LIEBHERR 942,  ANO 1999,  funcionando")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42648", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42648", "SUCATA  de 2 (duas) ESCAVADEIRA 320 C")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43593", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43593", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43594", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43594", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43595", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43595", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43596", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43596", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43597", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43597", "100 PEÇAS - 1500 KILOS (aproximados) ARRAME P/ SOLDA 1/16" 1.6mm (PREÇO POR KILO)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2,50</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43059", "039")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43059", "FILTRO DE MANGA COM 16 MANGA EM BOM ESTADO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43056", "040")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43056", "APROX. 40 METROS DE ESTEIRA EM AÇO INOX 304 LARGURA 3 METRÔS PESANDO APROX. 5 TON")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42685", "090")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42685", "45 UNIDADES CHOCADEIRA C/ BANDEJA  e ACOPLAMENTO de AÇO INOX CAPACIDADE P/ 3380 OVOS NO TOTAL ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42684", "091")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42684", "45 UNIDADES CHOCADEIRA C/ BANDEJA  e ACOPLAMENTO de AÇO INOX CAPACIDADE P/ 3380 OVOS NO TOTAL ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42683", "092")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42683", "45 UNIDADES CHOCADEIRA C/ BANDEJA  e ACOPLAMENTO de AÇO INOX CAPACIDADE P/ 3380 OVOS NO TOTAL ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42682", "093")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42682", "45 UNIDADES CHOCADEIRA C/ BANDEJA  e ACOPLAMENTO de AÇO INOX CAPACIDADE P/ 3380 OVOS NO TOTAL ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42681", "094")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42681", "3 EQUIPAMENTOS disestor  P/ 8MIL LITROS CADA (sem redutor) ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42680", "095")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42680", " veja especificações ALIMENTADOR de BRITA CAÇAMBA 6m x 3m c/ 2 REDUTORES C/ MOTOR ELÉTR. 7,5 Hp  E OUTROS ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42679", "096")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42679", " veja especificações ALIMENTADOR de BRITA CAÇAMBA 6m x 3m c/ 2 REDUTORES C/ MOTOR ELÉTR. 7,5 Hp  E OUTROS LOC. ALTAMIRA /PA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42678", "097")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42678", "COMPRESSOR INGERSOLL RAND MOD. R37 IE A 110, LOC. ALTAMIRA / PA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42677", "098")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42677", "CARREGADOR DE CONCRETO , capacidade 6 mts cúbicos, na caçamba LOC. ALTAMIRA / PA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42676", "099")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42676", "veja especificações ALIMENTADOR de BRITA CAÇAMBA 6m x 3m c/ 2 REDUTORES C/ MOTOR ELÉTR. 7,5 Hp  E OUTROS LOC. ALTAMIRA /PA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42675", "100")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42675", "ALAMBIQUE DE COBRE P/ 500 LITROS ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42674", "101")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42674", "PAINEL COMPLETO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42673", "102")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42673", "3 DIFERENCIAL TRAÇADO SCANIA E 1 VOLVO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42672", "103")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42672", "14 PNEUS SEM USO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.850,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42671", "104")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42671", "MOTOR MWM 229 COMPLETO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42669", "105")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42669", "veja abaixo -   SECADOR DE FOLHA 40 mts de ESTEIRA de AÇO INOX  3,16 largura 3 metros")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42649", "107")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42649", "veja vídeo - LANCHA MOTORBOAT MOTOR 50HP EVINRUDE, ANO 2008, COM REBOCADOR REAL, ANO 2016 ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42670", "108")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42670", "PISTA QUENTE 16 BANDEJA EM AÇO INOX")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43046", "109")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43046", "2 TUBOS  DE AÇO COM 12 METROS DE COMPRIMENTO  DE 16 POLEGADAS PAREDE  7/8 PESO 5 TN")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43047", "110")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43047", "TANQUE PARA 2 MIL LITROS D'ÁGUA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42651", "152")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42651", "FABRICA DE PANO (veja descritivo abaixo)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42656", "157")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42656", "13 MÓDULO MARCA SMAR  LC 700  (sem  uso)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42657", "161")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42657", "PRENSA HIDRÁULICA, sem uso, C/ MOTOR DE 7.5CV")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42658", "162")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42658", "COLHEDOR J.DEERE 3520, ANO 2012")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42659", "163")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42659", "COLHEDOR J.DEERE 3520, ANO 2012")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42660", "172")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42660", "CORREIA DE ESTEIRA TRANSPORTADORA  AÇO INOX 430 APROX. 1500 KILOS (sem uso)")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42661", "175")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42661", "46 DISCOS  DE VINIL ANTIGOS RARIDADES")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42663", "176")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42663", "40 CX. DE 5 KL. DE ELETRODOS DE AÇO INOX.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42662", "177")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42662", "BOCA DE PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42664", "178")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42664", "19 VÁLVULAS DE PRESSÃO DIVERSOS MEDIDAS (veja abaixo)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42665", "179")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42665", "BOMBA DE IRRIGAÇÃO de 4 polegadas de inox.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...116 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42666", "180")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42666", "CENTRÍFUGA medindo 1.30 de largura por 1.20 de altura")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...255 lines deleted...]
-      <c r="F26" s="4" t="inlineStr">
+      <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-[...111 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42667", "181")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42667", "MISTURADOR medindo 2.30x1.79 c/motor e redutor")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...1310 lines deleted...]
-      </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43048", "182")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43048", "APROX. 600 UNIDADES DE CESTO MEDINDO 80 X 55 X 12 ALTURA")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>