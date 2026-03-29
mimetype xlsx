--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1307 +269,1147 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42616", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42616", " I / Jimbei topic L gasolina ano 2012/2013.   Placa final: 0 - Obs.: Funcionando, NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42696", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42696", " Reboque federal LG ano: 2014, Placa: FFN2761, CHASSI: 9A9LG01CPEBDT6632, RENAVAN: 00992403677. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42694", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42694", " Reboque federal LG ano: 2013, mod. 2014 , Placa: FCB7704  , CHASSI: 9A9LG01CPEBDT6419, RENAVAN: 00600278611.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42693", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42693", " Reboque federal LG ano: 2013, mod. 2014 , Placa:  FCB7684 , CHASSI: 9A9LGO1CPEBDT6084 , RENAVAN: 00594133181.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42636", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42636", " Renaut Kangoo Express 1.6 16v ano 2013, mod. 2014. Obs.: Funcionando. Placa Final: 4.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42695", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42695", " Reboque federal LG ano: 2013, mod. 2014 , Placa: FCB7685  , CHASSI: 9A9LG01CPEBDT6085, RENAVAN: 00594134129.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42613", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42613", " Rolo compactador Sany modelo kit pata SSRD120 ano 2013.Obs.: Excelente estado, com apenas 1740 horas de uso, rolo de 11 toneladas e com ar condicionado")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42615", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42615", "20 roçadeiras Stihl e 3 Sopradores;")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42634", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42634", " Mini carregadeira bob cat modelo S130 ano 2009. Obs.: Excelente estado funcionando com apenas 1550 horas de uso")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42614", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42614", " Mini carregadeira bob cat. Modelo S130 ano 2012 com 1.450 horas de uso. Obs.: Funcionando, excelente estado")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42627", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42627", " Mini carregadeira bob cat. Modelo S185 ano 2009 com 3.100 horas de uso. Obs.: Funcionando, excelente estado")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42621", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42621", " vassoura para uso em mini carregadeira bob cat. Ano 2012. Obs.: Pouco uso, funcionando")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43050", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43050", "Compressor de ar Pressure, 250 pés c/ gerador à Diesesl Branco ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42619", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42619", " cortador de grama giro zero modelo P60 ano 2015. Obs.: funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42632", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42632", " Lote de peças para maquinas e caminhões: mangueiras, filtros, dentes, lâmpadas,lonasfreio,tambor de graxa,óleo,estopa,bombas,bancos caminhão,radiador, caminhão,embreagem caminhão,parafusos,tampas de tanque de combustível de caminhão,pneus de maquinas, etc")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42620", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42620", " lote de ferramentas: chaves em geral, engraxadeiras pneumáticas,desparafusadeiras pneumáticas para maquinas e caminhões, rebitador de lona caminhão, vap, lavadora trifásica, macacos de cambio caminhão, furadeiras, politrizes, etc..")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42617", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42617", "UM Munck capacidade 5 T;")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43051", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43051", "Compressor de ar Pressure, 175 lbf/pol² c/ motor 5 cv trifásico .")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43052", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43052", " 1 retificador de solda Bambozzi mig/mag 350A; 1 máquina de solda 250A; 1 repuxadora Car Spotter 320A")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42622", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42622", " BIT 3" T38 PASTILHA PASTILHA DE TUNGSTÊNIO; MARCA BRUNNER LAY (22 PÇS)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42626", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42626", " WA-3130 PUNHO VI 140 OU PR 123J; MARCA D-MIND (49 PÇS)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42625", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42625", " BIT 2.7/8" DOMINATOR FACE PLANA; MARCA INFINITY (9 PÇS)")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42629", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42629", " ABRAÇADEIRA 4" PARA MANGOTE; MARCA SOLDAS VEBER (6 PÇS)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42628", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42628", " BIT 3.5 BR33 FACE PLANA (REF 90MM BBS018DH090HS); marca BULROC (25 PÇS)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42618", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42618", " CENTRALIZADORES DE TUBO GT-20-1-00989; MARCA KWIK-ZIP (749 PÇS)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42630", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42630", " DESTORCEDOR MANGOTE 5"; MARCA SOLDAS VEBER")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42635", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42635", " BROCA ARRASTE 105MM R.89MM (2 PÇS)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42623", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42623", " SAPATA PARA TUBO ODS 235 CSP; MARCA BULROC")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42631", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42631", " BIT 2.1/2" T38 PASTILHA (39 PÇS)")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42637", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42637", " BIT 3" T45 FACE PLANA STANDARD; MARCA D-MIND (139 PÇS)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42624", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42624", " BIT 3.1/2" T45 FACE PLANA; MARCA D-MIND (52 PÇS)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42638", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42638", " BIT 2.1/2" pastilha "X" T38; MARCA D-MIND (278 PÇS)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42639", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42639", " Rolo pneus Mercedes Tema Terra, ANO:  1983.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...47 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42642", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42642", " Rolo pneus  esteira Mercedes Tema Terra, ANO: 1983")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42644", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42644", " Motoniveladora Caterpilar 120 B, ANO: 2011")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42633", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42633", " Escavadeira esteira Hyundai R160 LC-7, ANO: 2008")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42640", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42640", " FIAT Fiorino 1.4, ANO: 2014, Placa Final: 5.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42645", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42645", " VW . Gol, ANO: 2011, Placa Final: 5. A Quilometragem no painel esta errada. Não sabemos a quilometragem correta. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...671 lines deleted...]
-      <c r="E34" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42641", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42641", " VW Saveiro 1.6 CS, ANO: 2011 MOD: 2012, Placa Final: 4.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
-      <c r="F34" s="4" t="inlineStr">
-[...478 lines deleted...]
-      </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42643", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42643", " Micro-ônibus Jumper M33M HDI Citroen, ANO: 2008, Placa Final: 3.")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>