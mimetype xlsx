--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5325", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5325", " TRATOR AGRÍCOLA - MARCA VALTRA - MODELO BH205I - ANO 2010")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5323", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5323", " TRATOR AGRÍCOLA - MARCA VALTRA - MODELO BH185I - ANO 2009")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5322", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5322", " TRATOR AGRÍCOLA - MARCA VALTRA - MODELO BH185I - ANO 2009")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5321", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5321", " TRATOR AGRÍCOLA - MARCA VALTRA - MODELO BH180 - ANO 2008")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5324", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5324", " CARRETA MULTIUSO - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5326", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5326", " CARREGADEIRA VALMET - SÉRIE 817845")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5327", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5327", " PULVERIZADOR FMC - MODELO 2.000 LITROS.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5330", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5330", " TRANSBORDO SERRANA - MODELO SRM 8500 - SÉRIE 0197")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5331", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5331", " TRANSBORDO SERRANA - MODELO SRM 8500 - SÉRIE 0190")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5328", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5328", " TRANSBORDO SANTAL - MODELO VT8BE - SÉRIE 69218 - ANO 2010. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5329", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5329", " TRANSBORDO SANTAL - MODELO VT8BE - SÉRIE 69219 - ANO 2010.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>