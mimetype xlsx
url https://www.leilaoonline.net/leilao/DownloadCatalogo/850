--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42699", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42699", " Apróx. 18.392 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>23.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42698", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42698", " Apróx. 16.970 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.700,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42697", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42697", " Apróx. 9.489 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>11.300,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42704", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42704", " Apróx. 17.837 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42702", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42702", " Apróx. 16.814 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>22.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42701", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42701", " Apróx. 11.509 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>14.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42705", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42705", " Apróx. 18.948 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42706", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42706", " Apróx. 16.758 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.800,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42707", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42707", " Apróx. 16.242  pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42703", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42703", " Apróx. 17.713 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42700", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42700", " Apróx. 17.230 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>21.100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42708", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42708", " Apróx. 15.366 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.300,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42709", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42709", " Apróx. 18.818 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>22.600,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42713", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42713", " Apróx. 13.582 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>15.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42711", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42711", " Apróx. 16.269 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>20.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42710", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42710", " Apróx. 13.580 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>17.700,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42714", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42714", " Apróx. 15.602 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>20.800,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42712", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42712", " Apróx. 18.121 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>23.300,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42715", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/42715", " Apróx. 14.261 pares de cadarços para Tênis. (conforme relação em anexo)")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>21.300,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>