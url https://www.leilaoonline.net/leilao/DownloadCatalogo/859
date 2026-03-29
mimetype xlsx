--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43715", "050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43715", " Trator Massey Ferguson – 1957")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43704", "051")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43704", " Microtrator Yammar ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43711", "052")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43711", " Triturador")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43726", "053")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43726", " Duas Cabines DMB")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43718", "054")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43718", " Trator Ford 6.600 ano 82 c/ Podadeira")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43705", "055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43705", " Dois (02) Trituradores Herder")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43710", "056")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43710", " Enxada Rotativa")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43699", "057")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43699", " Plantadeira Stara")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43702", "058")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43702", " Plantadeira Jumil 2550")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43709", "059")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43709", " Roçadeira")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43701", "060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43701", " Semeadeira de capim de coxo")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43721", "061")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43721", " Plantadeira Jumil")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43712", "062")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43712", " 1 Triturador e 1 Cultivador")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>2.700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43707", "063")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43707", " Arado fixo com 4 discos")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43723", "064")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43723", " Cultivador de cana Dria")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43703", "065")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43703", " Cultivador Florestal")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43725", "066")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43725", " 1 Aplicador de Inseticida, 1 cultivador, 1 eneleirador")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43717", "067")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43717", " Trincha megacort Kamaq")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43716", "068")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43716", " Boca de silio Siltomac")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43722", "069")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43722", " Caminhão VW 13130/ ano 1987 com equipamento Siltomac ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43708", "070")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43708", " Fresadora Universal Italiana")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43724", "071")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43724", " Torno Revolver Manual AMA")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43700", "072")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43700", " Torno Revolver Manual AMA")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43728", "074")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43728", " Torno Revolver Automático com acelerador Traub")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43713", "075")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43713", " Furadeira de Bancada Zay – 7032G (Kone)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43719", "076")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43719", " Furadeira de Bancada Marinaro Cone 2 (Correia)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43727", "077")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43727", " Furadeira de Bancada Mello – 10588 (Retífica) - Desmontada")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43714", "078")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43714", " Furadeira de Bancada Motomil – FB – 160 (Correia)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43720", "079")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43720", " Furadeira de Bancada Somar – FB – 16 (Correia) ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43706", "080")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43706", " Trator Ford 6.600 – ano 82 com Roçadeira Álamo")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>