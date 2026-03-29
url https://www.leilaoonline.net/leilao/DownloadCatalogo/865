--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,6683 +269,5851 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44014", "102")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44014", "Sucata Ônibus executivo ano 1996. Carroceria de alumínio. Completo. Pneus semi novos")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43867", "202")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43867", " APROX.  27 UN. DE  TIRFOR , TALHA, MOITÃO E ELETROÍMA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43875", "204")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43875", " APROX.  22 UN. DE  POLICORTES ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43878", "205")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43878", " APROX.  26 UN. DE  VÁLVULAS E JUNTAS")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43876", "206")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43876", " APROX.  70 UN. DE  BUCHAS E PEÇAS DIVERSAS")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43879", "208")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43879", " ESCOVAS ROTATIVAS / FERRAMENTAS MANUAIS DIVERSAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43877", "209")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43877", " APROX.  94 UN. DE  EIXOS DE AÇO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43873", "211")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43873", " APROX.  298 UN. DE  FAROL DE MILHA P/ LUMINÁRIA DE EMERGÊNCIA")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43871", "212")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43871", " APROX.  38 UN. DE  BORRACHA E PERFIL DE ACABAMENTO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43874", "213")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43874", " APROX.  84 UN. DE  FILTROS DIVERSOS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43870", "215")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43870", " APROX.  161 UN. DE  ROLOS DE FITAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43869", "217")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43869", " APROX.  218 UN. DE  AMORTECEDOR DE VIBRAÇÃO, MANCAIS E PEÇAS DIVERSAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43872", "218")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43872", " APROX.  647 UN. DE  FUSÍVEL RETARDADO E SECCIONADORA E TOMADAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43868", "219")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43868", " APROX.  23 UN. DE  LUMINÁRIAS PROVA DE EXPLOSÃO. (SEM USO)")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43880", "222")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43880", " APROX.  27 UN. DE  PREGOS E PRESILHAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43882", "225")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43882", " APROX.  31 UN. DE  ROLAMENTO, CONEXÃO, LAVA-OLHOS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43881", "226")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43881", " APROX.  7 UN. DE  ROLO TUBO SAWGELOK C/ 8 KG CADA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43883", "229")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43883", " APROX.  8 UN. DE  ORGANIZADOR DE CABOS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43885", "230")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43885", " NOBREAK E TRANSFORMADOR DE VOLTAGEM")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43884", "233")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43884", " APROX.  38 UN. DE  ROLOS DE MANGUEIRAS DIVERSAS ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44031", "235")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44031", "[ RETIRADO ]  DISJUNTORES. APROXIMADAMENTE 1180 PÇS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44033", "236")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44033", " 02 BOMBAS USADAS. COM MOTOR WEG 25 CV")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>3.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44032", "238")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44032", " LUMINÁRIAS DE LED. APROXIMADAMENTE 52 PÇS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44029", "239")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44029", " LUMINÁRIAS. APROXIMADAMENTE 114 PÇS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44030", "240")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44030", " APROX. 34 CALHAS DE LUMINÁRIAS E 6 APROX.")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44034", "241")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44034", "MÁQUINA DE MEDIR E FAZER ROLOS DE FIOS E CABOS ELÉTRICOS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44035", "242")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44035", "MÁQUINA DE MEDIR E FAZER ROLOS DE FIOS E CABOS ELÉTRICOS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44036", "243")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44036", "Aprox. 31 Un. de DAMPER CORTA FOGO. SEM MOTOR")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44037", "244")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44037", "APROX. 34 Un. DE LUMINÁRIAS PRISMÁTICAS. COM REATOR E LÂMPADA.")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44052", "245")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44052", "Aprox. 22 unidades de lâmpadas prismáticas")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44053", "246")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44053", "APROX. 100 UNIDADES DE CALHA CIRCULAR MP 100 GALVANIZADA. DIÂMETRO 0,52 (520 MM) POR 1,08 M DE COMPRIMENTO COM 2,00 MM DE ESPESSURA. CADA CALHA PESA APROX. 12,5 KG")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>11.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44566", "247")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44566", " PARAFUSO ESTOJO - APROXIMADAMENTE 423KG")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44562", "248")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44562", " PARAFUSO DIVERSOS 1185 KG  APROXIMADAMENTE ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44563", "249")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44563", " GANCHO CURTO C/VERGALHÃO APROXIMADAMENTE 200KG")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44570", "250")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44570", " CONEXÕES DE AÇO CARBONO DIV E JUNTA DE EXPANSÃO 350KG")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44567", "251")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44567", " CONECTORES DIVERSOS - APROX. 29 PÇS")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44568", "252")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44568", " 4 PÇS DE PAINÉIS ELÉTRICOS ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44561", "253")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44561", " APROX. 39 LUMINÁRIAS DIVERSAS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44572", "254")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44572", " DISJUNTORES TRIPOLARES APROXIMADAMENTE 221")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44569", "255")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44569", " APROX 277 PÇS DE DISJUNTORES, SENDO: 120 DISJUNTORES UNIPOLARES, 57 BIPOLARES E 100 TRIFÁSICOS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44571", "256")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44571", " APROX 321 PÇS DE DISJUNTORES, SENDO: 151 DISJUNTORES UNIPOLARES, 70 BIPOLARES E 100 TRIFÁSICOS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44565", "257")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44565", " APROX 290 PÇS DE DISJUNTORES, SENDO: 120 DISJUNTORES UNIPOLARES, 70 BIPOLARES E 100 TRIFÁSICOS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44564", "258")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44564", " APROX 161 PÇS DE DISJUNTORES, SENDO: 83 DISJUNTORES DR BIPOLARES, 35 DISJUNTORES DR TRIPOLARES e 43 DISJUNTORES CAIXA MOLDADA.")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44846", "259")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44846", " APROXIMADAMENTE 350 BRS: TUBO HELICOIDAL 65MM")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44844", "260")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44844", " APROX. 137 TUBOS MARROM 85MM 75MM E 60MM")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44845", "261")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44845", " APROX. 180 UN. DE TUBO DE PVC SOLDÁVEL. BRANCO  100MM ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43889", "1001")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43889", " LANTERNAS, FARÓIS, RETROVISORES, RELÉS, MÓDULOS, FRISOS E OUTROS.")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43896", "1002")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43896", " ALIMENTADOR DE INJETORA CONAIR MDC30-SDC")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43891", "1003")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43891", " UNIDADE HIDRÁULICA C/ MOTOR EBERLE 10 CV")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43897", "1004")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43897", " COMPRESSOR DE AR AIR FORCE V8-15/150 C/ MOTOR")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43894", "1005")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43894", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43886", "1006")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43886", " 3 REDUTORES. OBS.: SEM USO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43888", "1007")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43888", " FOTOCOPIADORA XEROX 4W1")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43890", "1008")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43890", " RETIFICADOR DE SOLDA MAPRE 150N, ANO: 2005, POT. 7600W")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43898", "1009")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43898", " COMPRESSOR DE AR HOOS F9E, P.S. 8,8 BAR, C/ MOTOR WEG 60 CV")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43892", "1011")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43892", " PRENSA MANUAL")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43893", "1012")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43893", " TURASK MOD. BRASILIA.")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43895", "1013")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43895", " COMPRESSOR DE AR DOUAT P.M. 10,5 ATM C/ MOTOR 5 CV")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43887", "1014")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43887", " COMPRESSOR DE AR BARIONKAR FB 30/350, ANO: 1999, C/ MOTOR WEG 7,5 CV")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43899", "1015")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43899", " COMPRESSOR DE AR SCHULZ C/ MOTOR")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43900", "1016")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43900", " MOTOVIBRADOR")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43901", "1017")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43901", " PRENSA C/ MOTOR KOHLBACK 1 CV")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43902", "1018")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43902", " UNIDADE HIDRÁULICA C/ MOTOR WEG 4 CV")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43904", "1020")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43904", " UNIDADE HIDRÁULICA C/ MOTOR WEG 4 CV")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43903", "1023")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43903", " GERADOR BORDACO TBD-232-V12, ANO: 1980, POT. 350 KVA.")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43905", "1024")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43905", " GERADOR BORDACO TBD-232-V12, ANO: 1980, POT. 355 KVA.")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43906", "1026")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43906", " CLM 400S GRANOMAQ")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43910", "1027")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43910", " GELADEIRA CPH 350 PRODUTO RL")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43908", "1029")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43908", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43907", "1030")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43907", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43909", "1031")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43909", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43912", "1033")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43912", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43914", "1034")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43914", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43911", "1035")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43911", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43913", "1036")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43913", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43917", "1037")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43917", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43915", "1038")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43915", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43916", "1039")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43916", " FRESADORA KLOPP DP AP 203")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>14.900,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43918", "1040")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43918", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43919", "1041")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43919", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43920", "1042")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43920", " PRENSA EXCÊNTRICA JOINVILLE")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43921", "1043")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43921", " PRENSA EXCÊNTRICA JOINVILLE")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43922", "1044")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43922", " PRENSA EXCÊNTRICA JOINVILLE")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43923", "1045")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43923", " PRENSA EXCÊNTRICA JOINVILLE")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43925", "1046")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43925", " FURADEIRA DE BANCADA FB-2")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43924", "1047")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43924", " ROSQUEADEIRA AUTOMÁTICA DAUER DM12")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43926", "1048")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43926", " PRENSA EXCÊNTRICA JOINVILLE")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43928", "1049")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43928", " SERRA MECÂNICA "VAI E VEM" FRANHO")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43927", "1050")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43927", " ROSQUEADEIRA AUTOMÁTICA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43929", "1051")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43929", " FURADEIRA DE COLUNA MANUAL")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43930", "1052")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43930", " 2 PENEIRAS VIBRATÓRIAS")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43944", "1054")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43944", " COMPRESSOR DE AR DOUAT C/ MOTOR 5 CV")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43943", "1056")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43943", " BALANÇA MECÂNICA CAP. 5000 KG")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43945", "1057")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43945", " BALANÇA MECÂNICA TOLEDO CAP. 300 KG")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43946", "1058")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43946", " ELETROEROSÃO POR PENETRAÇÃO MAVETRON")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43947", "1059")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43947", " 17 MOTORES ELÉTRICOS WEG 3 CV")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43948", "1060")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43948", " 3 VENTILADORES EBMPAPST 1700 W E 3 VENTILADORES EBMPAPST 980 W ")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43949", "1061")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43949", " TORNO HEINEMANN")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43931", "1062")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43931", " TORNO")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43950", "1063")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43950", "[ RETIRADO ]  7 ESTANTES EM AÇO INOX")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43951", "1064")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43951", " REEVES")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43934", "1065")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43934", " ACME-CRIDLEY")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43936", "1066")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43936", " SISTEMA DE RESFRIAMENTO")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43940", "1067")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43940", " ACME-CRIDLEY")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43932", "1068")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43932", " TORNO IMOR")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43937", "1069")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43937", " 2 MOTOBOMBAS IMBIL INI 65,315 C/ MOTOR 20 CV E 2 MOTOBOMBAS CAMBERRA 3196MT C/ MOTOR 20 CV")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43938", "1070")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43938", " 7 EXAUSTORES SOLYVENT VENTEC")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43941", "1072")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43941", " COMPRESSOR DE AR C/ MOTOR WEG 5 CV")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43935", "1074")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43935", " MOTOR ELÉTRICO SIEMENS 40 KW")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43933", "1075")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43933", " 7 EXAUSTORES C/ MOTOR MITSUBISHI 3,7 KW")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43939", "1077")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43939", " APROX. 20 BALANÇAS DIVERSAS")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43952", "1078")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43952", " APROX. 100 DISCOS DE CORTE DIVERSOS")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43953", "1079")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43953", " ELETRODOS DIVERSOS")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43954", "1080")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43954", " 1 TORQUÍMETRO GEDORE 270 KGF.M E 2 CONJUNTOS DE MICRÔMETROS MITUTOYO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43942", "1081")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43942", " APROX. 23 BOBINAS DE ALUMÍNIO P/ SOLDA")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43955", "1083")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43955", " LEVANTADOR MAGNÉTICO JG-600, CAP. 600 KG. OBS.: SEM USO.")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43956", "1085")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43956", " ROTOGRAVURA VASCOGRAF")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43957", "1086")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43957", " IMPRESSORA ECRM SCRIPSETTER")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43958", "1087")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43958", " RETIFICADOR DE SOLDA MERKLE BALMER BR 400 E RETIFICADOR DE SOLDA MERKLE BALMER BR 425")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43959", "1088")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43959", " 3 COMPRESSORES DE AR PRESSURE 116 PSI, POT. 2 HP; 1 COMPRESSOR DE AR SCHULZ 120 PSI, POT. 2 HP; 1 COMPRESSOR DE AR MOTOMIL 120 PSI, POT. 2 HP")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43960", "1089")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43960", " PERFURADOR DE SOLO VIBROMAK")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43961", "1090")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43961", " 2 BOMBAS IMO. OBS.: SEM USO")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43963", "1091")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43963", " MOTORES, MOTORREDUTORES E BOMBAS DIVERSAS")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43965", "1095")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43965", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43966", "1097")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43966", " PRENSA P/ BORRACHA MCNEIL AKRON MG 1023")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>5.900,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43967", "1098")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43967", " NEW JAPAN FUM33, ANO: 2010")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43968", "1099")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43968", " 2 TANQUES CILINDRICOS HORIZONTAIS EM AÇO CARBONO AGROMETAL")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43969", "1101")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43969", " TANQUE CILINDRICO VERTICAL, CAP. 60 M³, PESO: 2700 KG")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43962", "1102")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43962", " TANQUE CILINDRICO VERTICAL")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43964", "1103")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43964", " REDUTOR KISSLING")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>6.200,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43970", "1105")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43970", " GUILHOTINA DE 4 M")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43971", "1106")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43971", " 2 TANQUES CILINDRICOS HORIZONTAIS EM FIBRA, CAP. 5000 L")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43973", "1108")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43973", " PÓRTICO C/ TALHA MANUAL DE 2 T")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43972", "1109")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43972", " CILINDROS HIDRÁULICOS/PNEUMÁTICOS DIVERSOS")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43975", "1110")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43975", " CORRENTES DE TRAÇÃO DIVERSAS.")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43974", "1111")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43974", " SILO C/ EXAUSTÃO.")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43979", "1112")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43979", " PRENSA HIDRÁULICA SCHULER, CAP. 400 T (DESMONTADA)")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>139.000,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43976", "1113")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43976", " APROX. 18 ROSCAS TRANSPORTADORAS DIVERSAS")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43978", "1114")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43978", "CAMINHÃO BASCULANTE VW 13.130, VERMELHA. ANO 85")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43977", "1116")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43977", " FURADEIRA RADIAL HCP")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43980", "1118")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43980", " Painel p/ teste")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43982", "1119")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43982", " Painel Digital")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43985", "1121")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43985", " Máquina de Suco em Inox")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43981", "1125")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43981", "[ RETIRADO ]  Chave contatora")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43986", "1127")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43986", " 10 luminárias corta fogo (SEM USO)")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43983", "1128")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43983", " Filtro de água em inox")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43984", "1129")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43984", " VÁLVULA")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43987", "1130")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43987", "150 un. de compressores (bomba pneumática) p/ várias aplicações")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43988", "1132")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43988", "Plataforma elevatória. Alcance de 17 metros ")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>14.900,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43990", "1133")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43990", " 10 cadeiras universitárias")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43991", "1134")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43991", " brocas novas e usadas")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43989", "1135")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43989", " Máquina de fazer gravação a laser ")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>8.900,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43993", "1136")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43993", " Painel controlador de tráfego")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43992", "1137")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43992", " Policorte")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43994", "1138")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43994", " aprox. 350 unidades ganchos de segurança")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43996", "1139")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43996", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43999", "1140")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43999", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43995", "1141")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43995", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43998", "1142")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43998", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43997", "1143")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/43997", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44001", "1144")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44001", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44000", "1145")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44000", " Máquina de solda Merkle Balmer. mod. 425 profissional ")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44005", "1146")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44005", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44002", "1147")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44002", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44006", "1148")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44006", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44003", "1149")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44003", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44007", "1150")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44007", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44008", "1151")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44008", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44004", "1152")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44004", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44009", "1153")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44009", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44011", "1154")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44011", " Máquina de solda Bambozzi")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44010", "1156")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44010", " 7 un. escadas de madeira ")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44012", "1157")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44012", " Prensa de fazer fardos")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>3.900,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44013", "1159")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44013", " Máquina de fazer gravação em plaquetas")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44020", "1160")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44020", " 7 secadores de mão a ar")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44015", "1161")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44015", " 13 um de chaves de barramento")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44016", "1162")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44016", " [ RETIRADO ] 3 Braços giratórios")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44019", "1163")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44019", " Fresa CNC")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44024", "1164")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44024", " Lavador de gás. Pouco uso. Completo")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>13.900,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44023", "1165")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44023", " Aprox. 30 Ton de eixos várias medidas. (Lances por quilo)")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>2,50</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44021", "1166")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44021", " 1 un. de Torre de refrigeração de água")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44018", "1167")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44018", " 1 un. de Torre de refrigeração de água")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44017", "1168")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44017", " Forno tipo bambole em aço carbono")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44026", "1169")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44026", " Forno tipo bambole em aço inox")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44025", "1170")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44025", " Gabine de gerador")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44027", "1171")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44027", " Gabine de gerador")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44022", "1172")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44022", " Aprox.  500 unidades de cintas para amarração de carga. Pouco uso.")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44028", "1173")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44028", "[ RETIRADO ] Baú  de alumínio. Medidas: 5,10 x 2,33 largura. 2,30 altura")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44044", "1174")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44044", " 7 secadores de mão. Ar quente e frio")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44045", "1175")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44045", " Serra tico tico. Pouco uso")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44039", "1176")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44039", " Policorte")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44046", "1177")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44046", " 10 motores acoplados")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44038", "1178")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44038", " 3 seladoras de caixas")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44040", "1179")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44040", " Bomba de vácuo")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44047", "1180")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44047", " Torninho")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44050", "1181")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44050", " Serra de fita automática")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>16.900,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44042", "1182")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44042", " Plaina de chaveta Rocco")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44051", "1183")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44051", " 2 bombas de água novas motor diesel")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44048", "1184")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44048", " 2 cafeteiras de restaurante")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44043", "1185")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44043", " Calandra")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44049", "1186")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44049", " Fogão de 8 bocas em inox")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44041", "1187")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44041", " Máquina de lavar material")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44054", "1188")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44054", "2 Máquinas de fazer Raio-X em ferros")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44055", "1189")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44055", "Máquina de fazer Raio-X a Laser")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44056", "1190")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44056", "Serra de fita. Marca Baldan Mod SCF-3. Pouco uso.")</f>
       </c>
       <c r="C215" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D215" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F215" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
-      <c r="A216" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44084", "1191")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44084", "10 moldes para injetora plástica. Sendo: 3 grandes (moldes modelo  m-2097- frasco YPF 1litros ) e 7 pequenos diversos")</f>
       </c>
       <c r="C216" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D216" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F216" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44085", "1192")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44085", "4 moldes grandes diversos para injetora plástica")</f>
       </c>
       <c r="C217" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D217" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F217" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
-      <c r="A218" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44086", "1193")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44086", "4 moldes grandes diversos para injetora plástica")</f>
       </c>
       <c r="C218" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D218" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
       <c r="F218" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>