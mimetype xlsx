--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,187 +269,167 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44094", "037")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44094", " MB SPRINTER 313 CDI Ano: 2007/2007 Placa: APU 2145 Chassi 8AC9036617A965178 Renavam: 955457220")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44093", "038")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44093", " CHASSI MICROONIBUS MB LO 814 Ano: 2000/2000 Placa: GXH 7D67 Chassi 9BM688176YB234820 Renavam: 738670847")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44092", "040")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44092", " CHASSI CAMINHÃO MB 608 D Ano: 1981/ 1981 Placa: LGF 1024 Chassi 30830012535120. Renavam: 291905579")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44087", "041")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44087", "  CHASSI CAMINHÃO MB 710, ANO: 00/00, PLACA: HRO5503, CHASSI: 9BM688156YB230414, RENAVAN: 00738673757")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44088", "042")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44088", " CHASSI CAMINHÃO MB 712 C. ANO: 99/99, PLACA: GXH7213, CHASSI: 9BM688255XB199704, RENAVAN: 00720357675.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>