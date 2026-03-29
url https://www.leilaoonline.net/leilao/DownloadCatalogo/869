--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44311", "24212")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44311", "VW/GOL 1.6 POWER, FLEX, ANO/MOD 2010/2011 - Frota 3008 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.600,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44307", "24217")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44307", "GM/S10 ADVANTAGE S  4x2 CS, FLEX, ANO/MOD 2010/2011 - Frota 4089 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>18.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44308", "24222")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44308", "FIAT/DOBLO JAEDI  AMBULÂNCIA, FLEX, ANO/MOD 2010/2011 - Frota 4090 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44309", "24233")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44309", "Fiat Strada 2014/2014 - Frota 19266 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.050,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44310", "24235")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44310", "Fiat Strada 2013/2013 - Frota 18137 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44304", "24245")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44304", "Fiat Strada 2013/2013 - Frota 18139 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44305", "24253")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44305", "VW Gol 1.0 Flex 2010/2011 - Frota 3023 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44306", "24257")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44306", "Fiat Strada 2013/2013 - Frota 3043 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44299", "24259")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44299", "Fiat Doblo 2010/2011 - Frota 3057 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44300", "24261")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44300", "VW Gol 2012/2012 - Frota 4095 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44301", "24264")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44301", "GM S10 Advantage D FLEX 4x2 CD 2006/2006 - Frota 3055 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44302", "24267")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44302", "VW Kombi 1.4 Flex 2010/2011 - Frota 3053 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>10.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44303", "24276")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44303", "VW Kombi 1.4 Flex 2013/2014 - Frota 3070 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>16.100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44294", "24279")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44294", "VW Gol 2011/2011 - Frota 18019 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44295", "24283")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44295", "Ford Ranger XLS 12A - C DUPLA 2005/2006 - Frota 3044 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44296", "24289")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44296", "Fiat Strada 2013/2013 - Frota 4015 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44298", "24298")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44298", "VW Gol 2006/2006 - Frota 18021 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44297", "24309")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44297", "VW Gol 2003/2003 - Frota 18020 - Loc. Tapejara/ PR")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>