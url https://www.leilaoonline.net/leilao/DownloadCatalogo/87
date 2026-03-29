--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5574", "200")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5574", " I; VW BORA; 2000/2001; PRATA; GASOLINA;")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5540", "201")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5540", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5541", "202")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5541", " HYUNDAI, I 30 2.0, 2011/2012, PRATA, GASOLINA; APR0X. 55.000KM;")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5572", "203")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5572", " YAMAHA; FAZER YS250; 2008/2008; ROXA; GASOLINA;")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>3.350,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5573", "206")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5573", " CHEVROLET; MONTANA SPORT; 2010/2011; ALCO./GASOL.;")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5579", "210")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5579", " HONDA, CIVIC LXS FLEX, ANO/MOD 2009/2010, COR PRATA, ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>23.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5668", "211")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5668", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>22.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5570", "214")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5570", " FIAT, UNO MILLE ECONOMY, ANO/MOD 2011/2011, COR AZUL, ALCO./GASOL.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>11.400,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5569", "217")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5569", " HONDA, CR-V FLEX, ANO/MOD 2014/2014, COR PRETA, ALCO./GASOL.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>62.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5571", "219")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5571", " I, BMW 528I DD61; 1996/1996, PRATA; GASOLINA")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5674", "221")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5674", " HONDA; CIVIC LXL; 2011/2011; PRATA; ALCO./GASOL.;")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5673", "226")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5673", " HONDA; CITY; 2011/2012; PRATA; ALCO./GASOL.;")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5536", "229")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5536", "HYUNDAI HB20 1.6M, ANO/MOD 12/13, COR BRANCA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5537", "235")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5537", " HONDA FIT. 1.5 EX. ANO/MOD. 12/13, COMB. FLEX. COR CINZA,")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5538", "243")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5538", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>43.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5669", "245")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5669", " I; MMC LANCER 2.0; 2012/2013; CINZA; GASOLINA;")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>32.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5675", "246")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5675", "I/HYNDAI TUCSON GL 2.0, ANO/MOD 2008/2009, COR PRETA, CAMBIO AUTOMÁTICO, GASOLINA")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5676", "247")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5676", "GM/MERIVA 1.8 PREMIUM, ANO/MOD 2012/2012, COR PRATA FLEX")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>