--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,2427 +269,2127 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44329", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44329", " Lote com: 4 Un. IMPRESSORAS TÉRMICAS DARUMA URMET(3)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44350", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44350", " Lote com: 100 Un. BATERIAS AUXILIARES DIVERSAS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44332", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44332", " Lote com: 150 Un. MAQUINÁRIO PESADO MARTELETES, SERRAS, LIXADEIRAS PARA PEÇAS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44331", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44331", " Lote com: 30 Un. TELAS DE TVS ATUAIS  LCD, PLASMA DIVERSAS MARCAS E MODELOS E TAMANHOS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44360", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44360", " Lote com: 8 Un. COLETORES DE DADOS BLUEBIRD COM BERÇO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44327", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44327", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO  ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44344", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44344", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44334", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44334", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44328", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44328", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44357", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44357", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44351", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44351", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44345", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44345", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44358", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44358", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44324", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44324", " Lote com: 2 Un. BALANÇAS ELETRONICAS TRU-TEST MODELO ID 5000 - indicador de pesagem de alta tecnologia com ajustes fáceis e transferência de dados")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44325", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44325", " Lote com: 1 uni. IMPRESSORA PLOTER OCÈ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44382", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44382", " Lote com: 4 Un. ELETRIFICADORAS SPEEDRITE TRU-TEST 18000I")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44342", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44342", " Lote com: 2 Un. ELETRIFICADORAS PARA CERCA RURAL PATRIOT PMX 50")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44339", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44339", " Lote com: 8 Un. ELETRIFICADORAS PARA CERCA RURAL PATRIOT PMX 600")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44354", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44354", " Lote com: 8 Un. ELETRIFICADORA PARA CERCA RURAL PATRIOT PMX 450 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44330", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44330", " Lote com: 4 Un. ELETRIFICADORAS PARA CERCA RURAL PATRIOT PMX 120")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44362", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44362", " Lote com: 1 Un. IMPRESSORA DE FOTOS MITSUBISHI CD0707DW")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44356", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44356", " Lote com: 2 Un. IMPRESSORAS DE FOTOS KODAK 8810 PHOTO PRINTER")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44341", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44341", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44348", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44348", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44353", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44353", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44363", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44363", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44346", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44346", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44359", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44359", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44333", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44333", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44355", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44355", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44337", "036")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44337", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44338", "037")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44338", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44335", "038")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44335", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44343", "039")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44343", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44326", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44326", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44361", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44361", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44352", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44352", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44336", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44336", " Lote com: 300 Un. CARREGADORES DE CELULAR UNIVERSAL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44366", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44366", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44372", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44372", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44367", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44367", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44368", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44368", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44364", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44364", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44371", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44371", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44370", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44370", " Lote com: 10 uni. Umidificador de ar")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44373", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44373", " Lote com: 16 uni. Nebulizador compressor NB090")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44369", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44369", " Lote com: 35 uni. Aparelho de pressão Incoterm MP 100")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44365", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44365", " Lote com: 10 uni. Balança digital transparente até 150kg Incoterm")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44374", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44374", "LOTE COM: 4 UN. ELETRIFICADORAS SPEEDRITE TRU-TEST 12000I")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44375", "056")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44375", "LOTE COM: 3 UN. ELETRIFICADORAS SPEEDRITE TRU-TEST 18000I. e 1 un. 36000I")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44383", "058")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44383", "Lote com: 9 uni. Filtros de água Consul Bi-Volt ( LIgando)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44384", "059")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44384", "Lote com: 4 unidades de Bebedouro IBBL Modelo BAG 40 ( Ligando)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44385", "060")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44385", "Lote com: 6 uni. Secadora de Mãos BRAKEY 220V ( Ligando)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...442 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44394", "061")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44394", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44391", "062")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44391", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44393", "063")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44393", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44387", "064")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44387", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44401", "065")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44401", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44404", "066")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44404", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44398", "067")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44398", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44395", "068")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44395", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44392", "069")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44392", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44403", "070")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44403", " Lote com: 2 uni. Impressoas não fiscais Perto Printer")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>15,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>15.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44405", "071")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44405", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44389", "072")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44389", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44399", "073")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44399", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44388", "074")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44388", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44390", "075")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44390", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44400", "076")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44400", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44397", "077")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44397", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44402", "078")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44402", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44386", "079")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44386", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44396", "080")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44396", " Lote com: 2 uni. Impressoras Térmicas Daruma Urmet")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44575", "081")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44575", "Lote com: 4 máquinas de contar dinheiro Pró Counter. CTR10")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...1790 lines deleted...]
-      </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44576", "082")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44576", "Máquina para contar dinheiro VIP Brasil")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>