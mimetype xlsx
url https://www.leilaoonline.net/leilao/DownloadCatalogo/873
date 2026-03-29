--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44530", "3713")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44530", " REMADA NA MAQUINA PR 2060")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44549", "3714")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44549", " MÁQUINA HIPEREXTENSORA ABDOMINAL ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44529", "3715")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44529", " REMADA BAIXA - GERVASPORT")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44516", "3742")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44516", " SMITH")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44532", "3743")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44532", " TECFLAIR - RIGHETTO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44550", "3744")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44550", " BANCO EXTENSOR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44517", "3745")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44517", " MÁQUINA ABDOMINAL ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44533", "3746")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44533", " SUPINO RETO E INCLINADO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44519", "3748")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44519", " BANCO ABDOMINAL")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44522", "3749")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44522", " BANCO 90 GRAUS    ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44554", "3760")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44554", " ELÍPTICO TECHNOGUM")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44528", "3761")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44528", " CROSS OVER LATERAL COR PRETA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44526", "3762")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44526", " CROSS OVER LATERAL COR CINZA")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44548", "3763")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44548", " REMADA DE COSTAS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44547", "3764")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44547", " BIKE TECNO GYM CYCLE 5500")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44543", "3800")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44543", " BANCO ABDOMINAL")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44540", "3805")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44540", " REMADA BAIXA ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44518", "3831")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44518", " MAQUINA DE SUPINO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44535", "4000")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44535", " 190 KG APROXIMADOS PESOS EMBORRACHADOS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44537", "4795")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44537", " REMADA BAIXA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44520", "5000")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44520", " PULLEY ALTO COM REMADA BAIXA")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44523", "5585")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44523", " REMADA BAIXA ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44538", "5655")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44538", " DUAL PULLEY E 1 BANCO RETO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44524", "5784")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44524", " PUXADA DE COSTA")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44525", "5788")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44525", " PUXADA COSTAS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44534", "5790")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44534", " PUXADA DE COSTA")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44553", "6000")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44553", " BANCO 090")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44555", "20113")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44555", " BIKE  SCHWINN COR PRETA")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44542", "24101")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44542", " ROTARY TORSO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44551", "24102")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44551", " MÁQUINA SUPINO INCLINADA")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44521", "24104")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44521", " 300 KG  APROXIMADOS PESOS EMBORRACHADOS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44531", "24105")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44531", " 1 BANCO 090 E 1 BANCO RETO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44552", "24106")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44552", " BANCO SCOOT")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44544", "24107")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44544", " BANCO SUPINO INCLINADO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44536", "24108")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44536", " SUPINO RETO E INCLINADO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44541", "24109")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44541", " SUPINO RETO E INCLINADO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44545", "24110")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44545", " SUPORTE DE ANILHA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44557", "24111")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44557", " BIKE  SCHWINN")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44546", "24115")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44546", " BIKE  VER MASTER COR AMARELA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44527", "24118")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44527", " BANCO ABDOMINAL")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44539", "24120")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44539", " BANCO SCOOT")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44556", "24121")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/44556", " BANCO 090")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>