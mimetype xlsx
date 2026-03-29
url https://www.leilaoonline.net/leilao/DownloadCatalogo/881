--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45149", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45149", " BOBINA - VALVULA - MANGUEIRA - ANEL - APROX. 125 PEÇAS DE COLHEDORAS - veja descritivo de itens")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>11.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45151", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45151", "TRAVA CATERPILLAR - PARAFUSO - CALCO - MODULO - APROX. 420 PEÇAS  veja descritivo de itens")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45175", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45175", "CAIXA ADUBO - DISCO LISO - MOTOR PARKER TG - APROX. 200 PEÇAS IMPLEMENTOS AGRÍCOLAS - Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45178", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45178", "CONEXÃO HIDRAULICA - TERMINAL MEGAVRIMP - APROX. 500 PEÇAS MANGUEIRAS - Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45181", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45181", "BARRA ENGATE - HASTE CILINDRO - RETENTOR - APROX. 150 PEÇAS PARA TRATORES - Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45183", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45183", "POLIA ALTERNADOR - FILTRO DE AR COMPLETO -  APROX. 40 PEÇA SCANIA  -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45188", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45188", "FILTRO DE AR - DEPURADOR - OLEO LUBRAX -  APROX. 200 PEÇAS FILTROS -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45190", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45190", "KIT RETENTOR - RELE - SENSOR ELETRICO -  APROX. 190 PEÇAS PARA COLHEDORA -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>6.050,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45191", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45191", "CHICOTE ELÉTRICO - ANEL SEGURANÇA - MANOPLA -  APROX. 370 PEÇAS PARA TRATORES -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45192", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45192", "PONTEIRA - CABO DE AÇO - TERMINAL -  APROX. 1230 PEÇAS PARA IMPLEMENTOS AGRÍCOLAS -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45193", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45193", "SENSOR PRESSÃO - ANEL VEDAÇÃO - CHICOTE - APROX. 490 PEÇAS ELÉTRICA AR CONDICIONADO -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45194", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45194", "CARDANS -  APROX. 9 PEÇAS -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45196", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45196", "FUSIVEL MINI - ALTENADOR - ANEL VEDAÇÃO -  APROX. 230 PEÇAS ELÉTRICA AR CONDICIONADO -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45197", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45197", "FILTRO DE AR - PNEUS - OLEO LUBRIFICANTE -  APROX. 60 PEÇAS BORRACHARIA  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45198", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45198", "FILTROS DE AR - HIDRÁULICOS - TRANSMISSÃO.....  APROX. 40 PEÇAS BORRACHARIA AGRÍCOLA -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45199", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45199", "APROX. 09 PNEUS -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>7.550,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45200", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45200", "ROTOR - ROSETA - PISTÃO -  APROX. 660 PEÇAS MANUTENÇÃO INDUSTRIAL -  Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45201", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45201", "APROX. 17100 KG TUBO A/C 2394 50,8MM X 2,65MM X 3100MM")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45203", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45203", "APROX. 109 CARTUCHOS IMPRESSORAS - Veja descritivo de lotes ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>20.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45167", "24286")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45167", "MOTONIVELADORA CAT 140 K - FROTA 4600016 - ANO FABRICAÇÃO 2012")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>202.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>2000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45163", "24317")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45163", "SULCADOR RIMAR - FROTA 4400044 - NF 1008")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45164", "24321")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45164", "CULTIV PALH 3LINH DMB  - FROTA 4401125 - 79116/2012")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45165", "24322")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45165", "TRANSBORDO SMR 10000 SER - FROTA 4400815 - 01443")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="F22" s="4" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45157", "24323")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45157", "TRANSBORDO SMR 10000 SER- FROTA 4401444 - 2929")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45158", "24324")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45158", "TRANSBORDO SMR 10000 SER - FROTA 4400809 - 01440")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45159", "24325")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45159", "TRANSBORDO SMR 10000 SER - FROTA 4401431 - 285")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45160", "24329")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45160", "DISTRIBUIDOR DFL 2L CIV - FROTA 4400129 - 4002")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45161", "24337")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45161", "JOHN DEERE COLH NW 3520 - FROTA 4300042 ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>