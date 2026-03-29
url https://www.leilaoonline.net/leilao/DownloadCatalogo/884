--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45328", "13090")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45328", " veja o vídeo TRATOR NEW HOLLAND 6020, ANO 2012 (CABINADO) veja o vídeo clique na 1ª foto")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>60.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45323", "13091")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45323", " veja o vídeo - TRATOR NEW HOLLAND TS110, ANO 2006 veja o vídeo clique na 1ª foto")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45329", "13092")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45329", " LÂMINA PÁ, STARA CHF 500, P/TRATOR FORD 4CV")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45325", "13093")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45325", " BOMBA HIDRÁULICA C/ RESERVATÓRIO DE ÓLEO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45321", "13094")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45321", " 1 PICADEIRA CREMASCO E 1 SUCATA DE TRITURADOR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.950,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45332", "13095")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45332", "veja vídeo  TRATOR FORD 6600/2, ANO 1979  veja o vídeo clique na 1ª foto")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45331", "13096")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45331", " veja o vídeo TRATOR FORD 5610/4, ANO 1992 -  veja o vídeo clique na 1ª foto")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45318", "13097")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45318", " FORRAGEIRA MENTA MIT (ROBRUST 4)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45316", "13098")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45316", " PLANTADEIRA PLANTIO DIRETO PHT3, C/ 6 LINHAS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45322", "13099")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45322", " PLANTADEIRA PLANTIO CONVENCIONAL PHT, C/ 5 LINHAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45327", "13100")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45327", " GRADE ARADORA 18X26, S/MARCA, AMARELA, COMUM,20X26")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45330", "13101")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45330", " LÂMINA TATU PD P/TRATOR 4610")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45319", "13102")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45319", " TRITURADOR C/ MOTOR ELÉTRICO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45317", "13103")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45317", " 3 PNEUS C/ RODA 1100X22")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45320", "13104")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45320", " 4 CABINE E 1 PLATAFORMA P TRATOR veja especificações")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45315", "13105")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45315", " TRATOR NEW HOLLAND TL75E, ANO 2005")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>40.250,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45326", "13106")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45326", " veja o vídeo TRATOR NEW HOLLAND 4630, ANO 1993 veja o vídeo clique na 1ª foto")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>21.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45324", "13107")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45324", " CARRETA 4 RODAS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>