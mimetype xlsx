--- v0 (2025-11-20)
+++ v1 (2026-03-29)
@@ -269,8283 +269,7251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45753", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45753", " Lote com: 13 cadeiras odontológicas - Funcionando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45754", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45754", " Equipamentos odontológicos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45768", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45768", " Lote com: 2 Compressores")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45752", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45752", " Máquina Rodochoco Universal 102C230 2 cubas 220V - Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45772", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45772", " Equipamentos de Cozinha Industrial ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45759", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45759", " Broca Bosch 57cm - Sem uso")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45762", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45762", " Lote com: 17 retroprojetores - Funcionando ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45764", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45764", " Lote com: 2 cilindros de Oxigênio")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45757", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45757", " Lote com: 4 rodas Escort Xr")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45782", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45782", " Máquian de tricô Serv Mak")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45786", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45786", " Videogame Atari 3600 Junior - funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45794", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45794", " Imagesetter Linotronic 330 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45751", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45751", " Desfibrilador Cardíaco - EMAI - Mod. DX10Plus")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45783", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45783", " Estação de tratamendo DPS 40 digital")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45756", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45756", " Geladeira Frigidere - Funcionando ( 143 x 67 x 62 cm) ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45779", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45779", " Ar-condicionado Midea ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45770", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45770", " Lote com: 5 bancos Mocho")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45758", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45758", " Faqueiro Italiano  em Metal Filetado A ouro com maleta ( 70 pçs.)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45761", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45761", " Faqueiro Marcol Prata 90 com caixa ( 128 pçs) ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45771", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45771", " Lote com: 40 Balanças Médicas ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45776", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45776", " Máquina de secar Brastemp - Funcionando ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45777", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45777", " Máquina de Moer carne - Funcionando")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45774", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45774", " Lote com: 34 uni. Máquina de fazer cachos profissional Babylis")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45769", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45769", " Lipo aspirador Alcap Med ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45765", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45765", " Pato em metal Europeu espessurado a prata. ( 28cm x 27cm x 14cm - 4.2kg)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45763", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45763", " Relógio de madeira em moldura entalhada ( 78x 47 x 8 cm)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45773", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45773", " Relógio de mesa em madeira Nobre ( 27 x 53 x 15)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45760", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45760", " Relógio Tissot PRC 200 Automático T0554301605700 - Suíço ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45750", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45750", " Mesa/Maca Ginecológica - Funcionando")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45781", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45781", " Lote com: 14 uni. Lava louças")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45767", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45767", " Lote com: 35 uni. Mangueiras de incêndio  tipo 2 ( 2.1/2 x 15m)  - Napoli, ribeirão das neves - MG")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45755", "034")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45755", " Protetor de chumbo hospitalar móvel ( 181 x 57 cm - espessura 2.5) ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45785", "035")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45785", " Videogame Atari - funcionando ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45778", "036")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45778", " Philips Respironics")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45780", "037")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45780", " Teclado Yamaha Midi Keyboard CBX-K2 - funcionando ( sem fonte ) ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45784", "038")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45784", " Lote com: 43 uni. Grades em ferro fundido ( 79 x 16 cm )")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45788", "039")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45788", " Lote com: Duas Rodas de alumínio")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45766", "040")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45766", " Lote com: 2 uni. Impressora térmica e 2 uni teclados - ligando")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45805", "041")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45805", " Máquina de moer carne - funcionando ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45789", "042")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45789", " Balance Stepper ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45811", "043")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45811", " Conjunto Gradiente Toca discos, toca fitas e toca cd´s ( 5) - Raro, funcionando ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45787", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45787", " Rack Cygnus Profissional com 2 aparelhos ( 112 x 55 x 52 cm)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45798", "045")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45798", " Prancha de Ski 2 mts")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45792", "046")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45792", " Coleção de Lps ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45796", "047")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45796", " Lava Louças Electrolux - funcionando")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45801", "048")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45801", " Lote com: 10 enceradeiras - Funcionando")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45817", "049")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45817", " Relógio Kienzle Modelo 8 - Caixa em madeira - quartz original - restaurado")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45795", "050")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45795", " Lote com: 2 uni. aparelhos de passar roupa portátil, 1 uni. ferro de passar e 1 uni. Aspirador de pó")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45813", "051")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45813", " Lote com: Apróx. 1.840 Cds Variados")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45793", "052")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45793", " Lote com: Apróx. 90 Parafusos para rede elétrica")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45799", "053")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45799", " Lote com: 2 uni. Máquina de tricô e crochê ( Singer e Brother )")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45791", "054")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45791", " Cilindro para água quente em inox (1,37m altura)")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45797", "055")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45797", " Pati Bike ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45814", "056")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45814", " Gravador de Rolo Pioneer RT/ 707 ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45790", "057")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45790", " Video cassette Recorder JVC HR-3300U - Japones ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45802", "058")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45802", " Game Power Chip - Funcionando ( acompanha cabos, mouse e teclado)")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45800", "059")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45800", " Tape de Rolo AKAI Modelo 400D ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45812", "060")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45812", " Lote com: 3 calculadoras Antigas Cássio")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45806", "061")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45806", " Coleção de carrinhos super racers ( 12 carrinhos )")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45804", "062")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45804", " Apple iMac antigo - Funcionando.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45815", "063")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45815", " Coleção Carrinhos superior Racers ( 12 carrinhos)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45810", "064")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45810", " Cardápio autografado pela seleção brasileira de 1970 ( datado)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45808", "065")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45808", " Relógio de parede oitavado estilo inglês em madeira e vidro 37x37cm")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45803", "066")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45803", " Carrinho Os Simpsons 2001 com som e falas ( 24x10x14 cm)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45819", "067")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45819", " Lote com: Apróx. 425 DVDs , 47 Blu-ray, 39 Box e 32 Jogos para PC")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45818", "068")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45818", " Escultura Sucupira em madeira ( 78cm)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45816", "069")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45816", " Lote com: Apróx. 26 máquinas de escrever e 3 mimiográfos ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45825", "070")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45825", " Lote com: 2 uni. Máquina de tricô e crochê ( Lanofix e Elgin )")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45807", "071")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45807", " Lote com: Cadeiras de exame, balanças de precisão e produtos de laboratório ( 22 itens)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45809", "072")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45809", " Lote com: Balança de precisão, balança de 300kg, 8 balanças de 150kg")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45820", "073")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45820", " Lote com: 3 máquinas de trico e crochê ( Lanofix, Elgin e Singer)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45822", "074")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45822", " Mesa de Sinuca Bruwsuisk ( 2.80 x 1.52 m - desmontada)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45830", "075")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45830", " Boneca Antiga Mãezinha - falta bebê ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45827", "076")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45827", " Coleção de gravações de programas antigos de tv aberta anos 70 e 80 ( filmes telejornais programas de tv seriados)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45833", "077")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45833", " Coleção de Apróx. 2.000 livros ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45834", "078")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45834", " Ânfora européia em porcelana com pintura a mão, guarnição em bronze ( 43cm) - Rio de janeiro - RJ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45824", "081")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45824", " Lote com: 1 uni. Bandeja redonda metal prateado ( 25cm diam.) 1 bule, 1 açucareiro, 2 coadores de chá.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45837", "082")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45837", " Lote com: apróx. 100kg de sucata diversas")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45831", "083")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45831", " Lote com: 2 uni. Estufa de esterilização e 3 uni. Lava louças estufas")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45865", "084")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45865", " Esteira R2 - Não ligando")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45898", "085")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45898", " Lote com: 2 um. Macas, 2 uni prateleiras, 1 uni. Porta chinelos e 3 uni. Balanças")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45874", "086")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45874", " Lote com: Peças e quadro em alumínio de bicicleta")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45864", "087")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45864", " Aparelhos de odontologia")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45882", "088")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45882", " Conjunto de relógios em resina ( 16x8 e 35x18x14 cm) ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45896", "089")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45896", " Lote com: 41 uni. Telefones , 5 uni. Modens e 33 uni. Bobinas de fax")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45892", "090")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45892", " Quadro de parede")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45876", "091")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45876", " Lote com 8 impressoras matriciais")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45877", "092")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45877", " Boneca estrela")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45869", "093")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45869", " Boneca estrela")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45861", "094")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45861", " Utensílios de cozinha")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45871", "095")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45871", " Candelabro 5 velas - elaborado em prata 90")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45872", "096")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45872", " Antigo relógio de parede com caixa em madeira nobre ( 37x 22cm )")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45894", "097")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45894", " Candelabro 3 velas espessurado a prata inglesa ( 46cm)")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45883", "098")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45883", " Jogo de 4 uni. Calotas de chevrolet Opala")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45867", "099")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45867", " Telefone em madeira déc. 70 ( 58cm)")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45885", "100")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45885", " Lote com: caixas de som e video cassetes e dvd")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45897", "101")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45897", " Lote com: caixas de som e video cassetes e dvd")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45884", "102")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45884", " Faca gaúcha")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45889", "103")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45889", " lote com: 4 uni. Relógios de mesa  ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45891", "104")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45891", " Centro de mesa Oval em metal")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45886", "105")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45886", " Estátua em Bronze banhado a cobre em apoio de madeira ( 23x40x7 cm)")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45890", "106")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45890", " Candelabro 3 velas em metal ( 25x 33cm)")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45863", "107")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45863", " Prato decorativo em metal ( 2.5 x 33.5 cm)")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45887", "108")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45887", " Escultura em Bronze ( 17.5 x 36 x 31 cm)")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45880", "109")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45880", " Rechaud retangular de metal banhado a prata ( 25x 38 x 26 cm)")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45878", "110")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45878", " Kit barsa curso de inglês ( 34 x 31 x 21 cm) ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45879", "111")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45879", " Cabine UV para unha")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45893", "112")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45893", " Baixela de chá e café em Inox ( 6 peças)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45868", "113")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45868", " Licoreira européia em cristal ( 23cm)")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45875", "114")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45875", " Lote com 7 porta copos em vidro")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45862", "115")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45862", " Projetor Sankyo super 8 Sound 700 com 1 carretel")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45866", "116")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45866", " Centro de mesa em prata 90 ( 55 x 18 cm) ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45888", "117")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45888", " Katana com suporte em madeira ( 50cm)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45873", "118")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45873", " Peça judaica ( 27 x 10 cm)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45895", "119")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45895", " Escultura Em Bronze ( 24 x 16.5 cm)")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45899", "120")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45899", " Revólver de espoleta - Zar Colt em metal e plástico")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45881", "121")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45881", " Projetor Eumig Mark s 807 ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45870", "122")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45870", " Babá eletrônica KidShine - umidificador infantil Techline - Massageador Pessoal MI - 3000")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46101", "123")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46101", " Relógio despertador de máquina à corda BW em caixa de joaninha")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46088", "124")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46088", " Fruteira em Bronze e porcelana com arabescos em Ouro ( 16 x 25 x 20 cm)")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46082", "125")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46082", " Centro de mesa em prata 90 ( 5 x 26 x 17 cm)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46081", "126")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46081", " Aparelho de ultrassom compact ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46085", "127")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46085", " Estátua importada de resina ( 37cm)")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46084", "128")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46084", " Lote com: 2 uni. Filtro de porcelana antigo")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46079", "129")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46079", " Lote com: 2 uni. Filtro de porcelana antigo")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46087", "130")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46087", " Lote com: Ciaxas de som, toca cds e toca fitas, videocassete , videoke, etc.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46090", "131")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46090", " Aparelho de café em metal espessurado a prata. ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46114", "132")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46114", " Luminária de mesa em porcenala")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46092", "133")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46092", " Luminária de móvel anos 50/60 em Resina ( 43cm)")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46076", "134")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46076", " Luminária italiana em resina ( 73cm)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46093", "135")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46093", " Lote com: Sete peças diversas em Metal espessurado à prata")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46094", "136")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46094", " Candelabro para 5 velas em metal espessurado à prata ( 40 x 25 x 21cm)")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46096", "137")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46096", " Máquina de costura Alemã, manual , Richter - vesta")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46108", "138")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46108", " Loud - css - Speaker selector")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46103", "139")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46103", " Faca gaúcha")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46086", "140")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46086", " Lote com: Apróx. 720 carreteis de linhas de costuras vários tipos e modelos")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46106", "141")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46106", " Lote com: Apróx. 199 zípers vários tipos e tamanhos")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46095", "142")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46095", " Escova Hairmax ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46100", "143")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46100", " Videogame portátil Grande Prix Racing - funcionando ( raridade)")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46107", "144")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46107", " Projetor Sanyo PLC-200PM - Funcionando")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46097", "145")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46097", " Toca disco Gradiente Garrand S-125")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46098", "146")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46098", " Antigo Pé de máquina Singer")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46091", "147")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46091", "  Mega drive Sega")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46078", "148")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46078", " Lote com 6 jogos originais play station 2")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46083", "149")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46083", " Coleção Bonecos Ufc ( 25 bonecos 19cm altura)")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46075", "150")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46075", " Videogame wii com acessórios jogo guitar hero ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46077", "151")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46077", " Carrinho musical estrela ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46121", "152")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46121", " Trenzinho ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46116", "153")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46116", " Videogame Portátil  ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46102", "154")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46102", " Brinquedo casa da Barbie dos sonhos")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46099", "155")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46099", " Boneco Gato Guerreiro ( 26cm)")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46080", "156")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46080", " Lote com: 3 relógios de bolso de metal ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46089", "157")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46089", " Bule em metal espessurado à prata DAREL BERRD ( 20cm)")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46109", "158")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46109", " Duplicador de "Slite Ohnar Zoom Reverser Japan", 16x8x,6,5cm ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46110", "159")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46110", " Lente Tamron 35-135mm 1:3.5-4.2 ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46115", "160")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46115", " Antiga câmera fotográfica Nikon N2020 - AF, com lente AF Nikkor 50mm e case em couro ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46124", "161")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46124", " Relógio de parede em madeira ( 43x28x8 cm)")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46113", "162")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46113", " Relógio de parede " cuco " HERWEG e madeira ( 29 x22 x 16 cm)")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46105", "163")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46105", " Escultura em resina ( 64 x 15 x 15) - Rio de janeiro - RJ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46122", "164")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46122", " Castiçal em metal espessurado para 5 velas ( 36 x 32 x 34 cm) - RIO DE JANEIRO - RJ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46117", "165")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46117", " Lente MINOLTA MC TELE ROKKOR - PE, 1:4.5, 200mm,")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46125", "166")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46125", " Relógio masculino TOMMY HILFIGER water proof, 100% aço preto")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46104", "167")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46104", " LENTE CANON MADE IN JAPAN PARA MÁQUINA FOTOGRÁFICA 100-200mm 1:5.6 S.C")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46112", "168")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46112", " Bonecos Articulados banda kiss Mcfarlane toys 1988")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46120", "169")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46120", " Lote com: 3 bules de coleção em metal espessurado à prata")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46111", "170")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46111", " Câmera fotográfica Pentax, modelo ZX-10, 35 mm com objetiva 35-80 mm.")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46129", "171")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46129", " Paliteiro Espessurado à prata ( 17cm)")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46127", "172")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46127", " Câmera fotográfica Pentax, modelo ZX-10, 35 mm com objetiva 35-80 mm.")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46123", "173")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46123", " Jarra Wolff para água espessurada à prata ( 20cm) ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46126", "174")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46126", " Relógio de bolso com funcionamento a bateria, de origem japonesa, da marca Majestron")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46132", "175")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46132", " Travessa funda em metal espessurado a prata, fabricação Meridional e Sheffield")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46133", "176")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46133", " Enciclopédia Britannia Great Books of the Western World, publicada pela Encyclopedia Britannia, Inc., Chicago, 1952. Encadernação de luxo com 49 volumes")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46130", "177")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46130", " Lente TAMRON macro 80-200mm, 18cm")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46118", "178")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46118", " Câmera japonesa da marca sony Cyber-shot modelo dsc f828 . Falta bateria. Acompanha carregador e case")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46119", "179")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46119", " Antiga máquina fotográfioca da marca Yashica, modelo 635, década de 50. ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46128", "180")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46128", " TÊTE-A-TÊTE - Em metal e banho em prata, composto de bule, leiteira, açucareiro e bandeja.Total 4(quatro)Peças")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46131", "181")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46131", " PHILCO, TELEJOGO - Antigo vídeo game executados em madeira, metal e plástico. Anos 70")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46207", "182")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46207", " FAMILY GAME - Antigo vídeo game com dois controles acondicionados em caixa de papelão original. Acompanham 2 cartuchos e cabo de energia")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46215", "183")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46215", " lote com: 3 garrafas de vinho português ( lacradas) ")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46203", "184")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46203", " Medalhão para coleção em metal espessurado a prata - RIO DE JANEIRO - RJ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46218", "185")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46218", " Barco chinês em Marfim")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46210", "186")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46210", " Caixas de cavaleiros do Zodíaco ( 8 caixas) ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46220", "187")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46220", " Lente para Máquina fotográfica AUS JENA ( 23x13cm)")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46222", "188")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46222", " Lente Soligor Japonesa com case")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46214", "189")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46214", " Câmera fotográfica CARENA SX300 Com estojo e manual ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46217", "190")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46217", " Vaso em metal espessurado a prata ( 27cm)")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46204", "191")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46204", " Conjunto de Saleiro, pimenteiro e pimenta em grãos em metal espessurado a prata ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46213", "192")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46213", " Máquina fotográfica Canon EOS 500 ( 9 x 13 x 14 cm) ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46221", "193")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46221", " Máquina de preencher cheque - Check - pronto ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46206", "194")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46206", " Lente Tamron for pentax ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46211", "195")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46211", " Philips respironics")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46208", "196")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46208", " Câmera fotográfica Yashica-Mat japonesa")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46219", "197")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46219", " Máquina Zenith 122k Com lente disparador flash e bolsa")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46216", "198")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46216", " Gear VR com controle")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46212", "199")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46212", " Lote com: 9 relógios de coleção")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46209", "200")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46209", " Lote com: Peças antigas, rádios, toca fitas, relógios ( 44 itens)")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46205", "201")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46205", " Lote com: computadores, notebooks, monitor, telefones, roteadores, xerox etc.")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46448", "202")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46448", "Lote com: 2 uni. Relógio de pulso ( Monte Carlo e Specogna)")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46449", "203")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46449", "Corrente fechada ( 32cm)")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46450", "204")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46450", "Cálice espessurado a prata ( 18 x 12 cm) ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46467", "205")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46467", "Bandeja de metal dourado ( 38x29 cm) com açucareiro em metal (16cm)")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46468", "206")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46468", "lote com: + 400 cards de campeonato de futebol italiano")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46469", "207")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46469", "Câmera fotográfica Mercury II made in USA modelo CX serial 119709 ")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
+      <c r="D213" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46470", "208")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46470", "Lote com: Bule , leiteira e cremeira em prata 90 Fracalanza")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46471", "209")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46471", "Par de Bules em prata 90 ( 18 x 13 cm) - Sheffield")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46472", "210")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46472", "Par de mini jarras em prata 90 (15 x16cm) - Original Wellner")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46473", "211")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46473", "Par de jarras em prata 90 ( 16 x 16 cm) - Sheffield")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46474", "212")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46474", "Par de bules em prata 90 ( 17 x 18cm) - Sheffield")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46475", "213")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46475", "Jarra em Prata 90 ( 22 x23 cm) ")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46476", "214")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46476", "Relógio Manoel Bernardes")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46477", "215")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46477", "Par de remos")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46478", "216")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46478", "Lote com: 30 conjuntos de calça e blusão - vários modelos e tamanhos ")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46479", "217")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46479", "Relógio Mido Automatic Multifort")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46483", "218")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46483", "Lote com: Rádios, toca fitas, grampeadors, tvs antigas, projetores ( 150 itens)")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46484", "219")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46484", "Lote com: 70 petecas sem uso")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46485", "220")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46485", "Lote com: Balanças de precisão , aparelhos de laboratório, 300 presilhas ")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46486", "221")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46486", "Lote com: máquina de moer carne, rolo de filmes, plástico e utensílios ")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46487", "222")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46487", "Lote com: Vasilhas antigas , inox , esmaltada, porcelana (80 itens) ")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46488", "223")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46488", "Lote com: Máquinas registradoras, celulares, gravador, máquina fotográfica, picador de papel, projetor ( 26 itens)")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46489", "224")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46489", "Lote com: 3 filmadoras antigas ")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46490", "225")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46490", "Luminária de mesa antiga banhada a prata déc. 80")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46491", "226")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46491", "Lote com: Cds curso de montagem, livros e fitas de idiomas ")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46492", "227")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46492", "Coleção de cartões telefônicos - Apróx 2.500 cartões ")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46493", "228")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46493", "Lote com 14 janelas ")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46494", "229")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46494", "Lote com: 12 sacos de areia para gatos")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46495", "230")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46495", "Vaso e bidê Déc 80")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46496", "231")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46496", "Lote com: 5 uni. Bandeja de inox. ( 55 x 33 cm) ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46497", "232")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46497", "2 uni. Banquetas chipandelle déc. 40")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46498", "233")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46498", "Mini tv Symphinic ")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46499", "234")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46499", "Plataforma vibratória ")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46500", "235")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46500", "Tv Mitsubishi com controle remoto ")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46501", "236")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46501", "Antiga tv colorida Telefunken ")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46502", "237")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46502", "Antiga tv Philco Deluxe 17 ")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46503", "238")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46503", "Tv antiga Semp Toshiba Max ")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46504", "239")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46504", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46505", "240")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46505", "Tv antiga Silver point japan ")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46506", "241")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46506", "Tv antiga Sharp ")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46507", "242")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46507", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46508", "243")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46508", "Tv antiga Philco Ford ")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46509", "244")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46509", "Tv Antiga Semp Toshiba Max collor ")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46510", "245")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46510", "Lote com: 22 gravadores de DVD ")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46511", "246")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46511", "Lote com 2 uni. Abajur ")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46517", "247")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46517", "Kit laringoscópio c/ 3 Lâminas missouri com lanterna ")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46518", "248")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46518", "Kit para café - 7 peças ")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46522", "249")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46522", "Panela de pressão 5 litros meridional alumnox 18/10")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46524", "250")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46524", "Boneco fofão ( 60cm) ")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46741", "251")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46741", "Lote com: facas, porta mantientos, vasilhas ( 170 itens) ")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46743", "252")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46743", "Lote com: 234 itens diveros")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46744", "253")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46744", "Ferro Industrial Á Vapor Takara 110v ")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46745", "254")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/46745", "Conjunto para cama de casal importado")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45835", "301")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45835", " Lote com: Jogo de 4 Rodas liga de alumínio ( Aro 15) - São Paulo")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45821", "302")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45821", " Lote com: Jogo de 4 Rodas liga de alumínio ( Aro 15) - São Paulo")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45836", "303")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45836", " Lote com: Jogo de 4 Rodas liga de alumínio ( Aro 15) - São Paulo")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45823", "304")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45823", " Lote com: Jogo de 4 Rodas liga de alumínio ( Aro 15) - São Paulo")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45832", "305")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45832", " Lote com: Jogo de 4 Rodas liga de alumínio ( Aro 15) - São Paulo")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45829", "306")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45829", " Balcão refrigerado com pista fria - São Paulo")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45838", "307")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45838", " Enceradeira - São Paulo")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...7966 lines deleted...]
-      </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
-      <c r="A268" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45839", "401")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45839", " Caminhão Ford Cargo 2428 E 2010/2011 C/ Munck 20 Hidrauguincho - funcionando - RJ - Campos dos Goytacazes")</f>
       </c>
       <c r="C268" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F268" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>