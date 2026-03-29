--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45709", "5001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45709", "PULVERIZADOR NEW HOLLAND SP 3500 – ANO 2014")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>81.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45710", "5002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45710", "PULVERIZADOR NEW HOLLAND SP 3500 – ANO 2014")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45711", "5003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45711", "PULVERIZADOR MASSEY FERGUSON 283 – ANO 2007")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45712", "5004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45712", "TRATOR NEW HOLLAND T8.325 – ANO 2011")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45713", "5005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45713", "TRATOR CASE PUMA 205 – ANO 2014")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45714", "5006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45714", "COLHEITADEIRA NEW HOLLAND TC57 – ANO 1998")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45715", "5007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45715", "TRATOR DE ESTEIRA MASSEY FERGUSON 3366 – ANO 1976")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45738", "5008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45738", "PLANTADEIRA SEMATO 9 LINHAS – ANO 2015")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.850,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45740", "5009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45740", "COLHEDORA DE FORRAGEM JF – ANO 2015")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45741", "5010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45741", "IMPLEMENTO AGRÍCOLA GRADE DE ARADO  ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45742", "5011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/45742", "02 CAPOTAS NEW HOLLAND 7630 ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>